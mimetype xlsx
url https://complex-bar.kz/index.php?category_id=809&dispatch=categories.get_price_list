--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1132">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -95,2162 +95,2177 @@
   <si>
     <t>16609.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Декоратор для капучино (4 насадки);сталь нерж.;300мл;D=67,H=115мм;стальной</t>
   </si>
   <si>
     <t>02030118</t>
   </si>
   <si>
     <t>02880000IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>35875.00₸</t>
   </si>
   <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Декоратор для капучино (4 насадки);пластик;300мл;D=8,H=13см;красный,прозр.</t>
+  </si>
+  <si>
+    <t>02030120</t>
+  </si>
+  <si>
+    <t>0289000red</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>14595.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Декоратор для капучино;пластик;300мл;D=8,H=13см;синий,прозр.</t>
+  </si>
+  <si>
+    <t>02030121</t>
+  </si>
+  <si>
+    <t>0289000blue</t>
+  </si>
+  <si>
+    <t>16926.00₸</t>
+  </si>
+  <si>
+    <t>Декоратор для капучино;сталь нерж.;100мл;D=61,H=70мм;стальной</t>
+  </si>
+  <si>
+    <t>02030124</t>
+  </si>
+  <si>
+    <t>12801000IVV</t>
+  </si>
+  <si>
+    <t>9225.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Фильтры для пуровера[100шт];бумага</t>
+  </si>
+  <si>
+    <t>02030654</t>
+  </si>
+  <si>
+    <t>VCF-02-100W</t>
+  </si>
+  <si>
+    <t>Hario</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе</t>
+  </si>
+  <si>
+    <t>6545.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Фильтры бумажные круглые «Кемекс»[100шт];бумага;D=30см;белый</t>
+  </si>
+  <si>
+    <t>02030677</t>
+  </si>
+  <si>
+    <t>FC-100</t>
+  </si>
+  <si>
+    <t>Chemex</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>15262.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для воронки Калита[50шт];бумага;D=45/85,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>02030710</t>
+  </si>
+  <si>
+    <t>F250A</t>
+  </si>
+  <si>
+    <t>Doppio</t>
+  </si>
+  <si>
+    <t>2730.00₸</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для воронки[40шт];бумага;D=12см;белый</t>
+  </si>
+  <si>
+    <t>02030711</t>
+  </si>
+  <si>
+    <t>F802</t>
+  </si>
+  <si>
+    <t>1988.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для воронки[100шт];бумага;D=12см;белый</t>
+  </si>
+  <si>
+    <t>02030712</t>
+  </si>
+  <si>
+    <t>F802B</t>
+  </si>
+  <si>
+    <t>3332.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для воронки[100шт];бумага;,H=10,L=17,B=6см;белый</t>
+  </si>
+  <si>
+    <t>02030713</t>
+  </si>
+  <si>
+    <t>F16</t>
+  </si>
+  <si>
+    <t>3458.00₸</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для аэропресса[350шт];бумага;D=62,H=0,1мм;белый</t>
+  </si>
+  <si>
+    <t>02030714</t>
+  </si>
+  <si>
+    <t>F29</t>
+  </si>
+  <si>
+    <t>3661.00₸</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для воронки[100шт];бумага;,H=10,B=15,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>02030715</t>
+  </si>
+  <si>
+    <t>F16 brown</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Набор для приготовления фильтр-кофе «Хоум»</t>
+  </si>
+  <si>
+    <t>02030845</t>
+  </si>
+  <si>
+    <t>Home</t>
+  </si>
+  <si>
+    <t>Воронки, серверы, кемексы</t>
+  </si>
+  <si>
+    <t>15593.00₸</t>
+  </si>
+  <si>
+    <t>Набор для приготовления фильтр-кофе «Хоум Профешионал»</t>
+  </si>
+  <si>
+    <t>02030846</t>
+  </si>
+  <si>
+    <t>Home Professional</t>
+  </si>
+  <si>
+    <t>110187.00₸</t>
+  </si>
+  <si>
+    <t>Корзина холдера для кофемашины на 3 чашки;сталь;,L=70,B=28мм</t>
+  </si>
+  <si>
+    <t>02030852</t>
+  </si>
+  <si>
+    <t>Sanremo</t>
+  </si>
+  <si>
+    <t>Запчасти для кофемашин и кофемолок</t>
+  </si>
+  <si>
+    <t>5475.00₸</t>
+  </si>
+  <si>
+    <t>Уплотнитель рожка для кофемашины 73X57X8,2 мм;резина</t>
+  </si>
+  <si>
+    <t>02030853</t>
+  </si>
+  <si>
+    <t>3142.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Фильтр слепой для кофемашины 70X17 мм;сталь</t>
+  </si>
+  <si>
+    <t>02030854</t>
+  </si>
+  <si>
+    <t>10052220/1</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
+    <t>Дрип-станция для пуровер и аэропресса;сталь;D=70,H=165,B=190мм;черный</t>
+  </si>
+  <si>
+    <t>02100318</t>
+  </si>
+  <si>
+    <t>F819</t>
+  </si>
+  <si>
+    <t>19040.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для фильтров для кофе;бамбук</t>
+  </si>
+  <si>
+    <t>02121134</t>
+  </si>
+  <si>
+    <t>F301X</t>
+  </si>
+  <si>
+    <t>11207.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для холдера;сталь нерж.,силикон</t>
+  </si>
+  <si>
+    <t>02121135</t>
+  </si>
+  <si>
+    <t>YF19</t>
+  </si>
+  <si>
+    <t>Коврики и подставки для темперов, холдеров</t>
+  </si>
+  <si>
+    <t>6692.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.,дерево;D=57,H=95мм;св.корич.</t>
+  </si>
+  <si>
+    <t>02121503</t>
+  </si>
+  <si>
+    <t>TEMP</t>
+  </si>
+  <si>
+    <t>Темперы и разравниватели</t>
+  </si>
+  <si>
+    <t>19212.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.;D=57,H=95мм</t>
+  </si>
+  <si>
+    <t>02121504</t>
+  </si>
+  <si>
+    <t>24717.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.,дерево;D=52,H=95мм;св. дерево</t>
+  </si>
+  <si>
+    <t>02121513</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.,дерево;D=57,H=95мм;черный</t>
+  </si>
+  <si>
+    <t>02121517</t>
+  </si>
+  <si>
+    <t>19250.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.,дерево;D=58,H=95мм;черный</t>
+  </si>
+  <si>
+    <t>02121519</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь хромир.;D=57,H=95мм;стальной</t>
+  </si>
+  <si>
+    <t>02121522</t>
+  </si>
+  <si>
+    <t>COT01</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>15337.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для темпера венге;дерево;D=59/90,H=20мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>02121523</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;дерево;D=59/90,H=20мм;св.корич.</t>
+  </si>
+  <si>
+    <t>02121524</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Нок-бокс;пластик;,H=17,5см;черный</t>
+  </si>
+  <si>
+    <t>02121525</t>
+  </si>
+  <si>
+    <t>YM8052</t>
+  </si>
+  <si>
+    <t>Нок-боксы</t>
+  </si>
+  <si>
+    <t>28784.00₸</t>
+  </si>
+  <si>
+    <t>Коврик для темпера;силикон;,H=15,L=210,B=149мм;черный</t>
+  </si>
+  <si>
+    <t>02121526</t>
+  </si>
+  <si>
+    <t>YM3061-black</t>
+  </si>
+  <si>
+    <t>9338.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,дерево;D=58,H=95мм;махагон</t>
+  </si>
+  <si>
+    <t>02121530</t>
+  </si>
+  <si>
+    <t>27335.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,дерево;D=57,H=95мм;махагон</t>
+  </si>
+  <si>
+    <t>02121531</t>
+  </si>
+  <si>
+    <t>Нок-бокс «Проотель»;сталь нерж.;,H=10,L=18,B=16,5см;стальной</t>
+  </si>
+  <si>
+    <t>02121532</t>
+  </si>
+  <si>
+    <t>WHK01</t>
+  </si>
+  <si>
+    <t>15617.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;сталь нерж.,силикон;,H=6,L=14,B=9см;черный,стальной</t>
+  </si>
+  <si>
+    <t>02121533</t>
+  </si>
+  <si>
+    <t>07560000IVV</t>
+  </si>
+  <si>
+    <t>17087.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Коврик для темпера;силикон;,L=21,B=15см;черный</t>
+  </si>
+  <si>
+    <t>02121534</t>
+  </si>
+  <si>
+    <t>07580000SVV</t>
+  </si>
+  <si>
+    <t>15747.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.;D=53,H=95мм;стальной</t>
+  </si>
+  <si>
+    <t>02121535</t>
+  </si>
+  <si>
+    <t>07500530AVV</t>
+  </si>
+  <si>
+    <t>10719.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.;D=57,H=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02121536</t>
+  </si>
+  <si>
+    <t>07500570AVV</t>
+  </si>
+  <si>
+    <t>10634.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.;D=58,H=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02121537-С</t>
+  </si>
+  <si>
+    <t>07500580AVV</t>
+  </si>
+  <si>
+    <t>9625.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.;D=51,H=100мм;стальной</t>
+  </si>
+  <si>
+    <t>02121538</t>
+  </si>
+  <si>
+    <t>01010530IVV</t>
+  </si>
+  <si>
+    <t>16355.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.;D=57,H=85мм;стальной</t>
+  </si>
+  <si>
+    <t>02121539</t>
+  </si>
+  <si>
+    <t>01010570IVV</t>
+  </si>
+  <si>
+    <t>17633.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.;D=57,H=95мм;стальной,деревян.</t>
+  </si>
+  <si>
+    <t>02121540</t>
+  </si>
+  <si>
+    <t>YF07</t>
+  </si>
+  <si>
+    <t>7756.00₸</t>
+  </si>
+  <si>
+    <t>Пуш-темпер для кофе;сталь нерж.,дерево;D=58,H=120мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121542</t>
+  </si>
+  <si>
+    <t>YE800</t>
+  </si>
+  <si>
+    <t>31101.00₸</t>
+  </si>
+  <si>
+    <t>Коврик для темпера;силикон;,L=17,5,B=12см;черный</t>
+  </si>
+  <si>
+    <t>02121543</t>
+  </si>
+  <si>
+    <t>YF22</t>
+  </si>
+  <si>
+    <t>4718.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,пластик;D=58,H=40мм;черный</t>
+  </si>
+  <si>
+    <t>02121545</t>
+  </si>
+  <si>
+    <t>YE01</t>
+  </si>
+  <si>
+    <t>10864.00₸</t>
+  </si>
+  <si>
+    <t>Разравниватель для кофе;сталь нерж.,алюмин.;D=58мм</t>
+  </si>
+  <si>
+    <t>02121546</t>
+  </si>
+  <si>
+    <t>YE02</t>
+  </si>
+  <si>
+    <t>13825.00₸</t>
+  </si>
+  <si>
+    <t>Пуш-темпер для кофе;сталь нерж.,пластик;D=58,H=33мм;черный</t>
+  </si>
+  <si>
+    <t>02121547</t>
+  </si>
+  <si>
+    <t>YE11B</t>
+  </si>
+  <si>
+    <t>15561.00₸</t>
+  </si>
+  <si>
+    <t>Пуш-темпер для кофе и разравниватель;сталь нерж.,алюмин.;D=58мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02121548</t>
+  </si>
+  <si>
+    <t>YE27</t>
+  </si>
+  <si>
+    <t>20503.00₸</t>
+  </si>
+  <si>
+    <t>Разравниватель для кофе;сталь нерж.,дерево;D=58мм;стальной</t>
+  </si>
+  <si>
+    <t>02121549</t>
+  </si>
+  <si>
+    <t>YE1200</t>
+  </si>
+  <si>
+    <t>17472.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,бук;D=58,H=95мм;стальной,бежев.</t>
+  </si>
+  <si>
+    <t>02121550</t>
+  </si>
+  <si>
+    <t>YE900</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,бук;D=53,H=95мм;стальной,бежев.</t>
+  </si>
+  <si>
+    <t>02121551</t>
+  </si>
+  <si>
+    <t>YE900/ 53</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе динамометрический;сталь нерж.,бук;D=58,H=95мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121552</t>
+  </si>
+  <si>
+    <t>YE04</t>
+  </si>
+  <si>
+    <t>13608.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе динамометрический;сталь нерж.,бук;D=51,H=105мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121553</t>
+  </si>
+  <si>
+    <t>YE04/ 51</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,дерево;D=57,H=95мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121555</t>
+  </si>
+  <si>
+    <t>YF12</t>
+  </si>
+  <si>
+    <t>13601.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Коврик для темпера;силикон;,L=15,B=15см;коричнев.</t>
+  </si>
+  <si>
+    <t>02121556</t>
+  </si>
+  <si>
+    <t>YF21</t>
+  </si>
+  <si>
+    <t>4102.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Коврик для темпера;силикон;,H=5,L=210,B=150мм;черный</t>
+  </si>
+  <si>
+    <t>02121557</t>
+  </si>
+  <si>
+    <t>YF23</t>
+  </si>
+  <si>
+    <t>5894.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;силикон;D=62/74мм;красный</t>
+  </si>
+  <si>
+    <t>02121558</t>
+  </si>
+  <si>
+    <t>YF100/Red</t>
+  </si>
+  <si>
+    <t>1813.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;силикон;D=62/74мм;черный</t>
+  </si>
+  <si>
+    <t>02121559</t>
+  </si>
+  <si>
+    <t>YF100/Black</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;силикон;D=62/74мм;голуб.</t>
+  </si>
+  <si>
+    <t>02121560</t>
+  </si>
+  <si>
+    <t>YF100/Blue</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;силикон;D=62/74мм;салатов.</t>
+  </si>
+  <si>
+    <t>02121561</t>
+  </si>
+  <si>
+    <t>YF100/Green</t>
+  </si>
+  <si>
+    <t>Дрип-станция;сталь нерж.,дерево</t>
+  </si>
+  <si>
+    <t>02121601</t>
+  </si>
+  <si>
+    <t>F814</t>
+  </si>
+  <si>
+    <t>24430.00₸</t>
+  </si>
+  <si>
+    <t>Набор для приготовления фильтр-кофе;стекло,пластик;300мл;D=13,H=24см</t>
+  </si>
+  <si>
+    <t>02121602</t>
+  </si>
+  <si>
+    <t>F811</t>
+  </si>
+  <si>
+    <t>8645.00₸</t>
+  </si>
+  <si>
+    <t>Дрип-станция;сталь нерж.</t>
+  </si>
+  <si>
+    <t>02121603</t>
+  </si>
+  <si>
+    <t>F911</t>
+  </si>
+  <si>
+    <t>5971.00₸</t>
+  </si>
+  <si>
+    <t>Воронка «Вулканос»;стекло;D=11,H=16см</t>
+  </si>
+  <si>
+    <t>02122627</t>
+  </si>
+  <si>
+    <t>Stoelzle</t>
+  </si>
+  <si>
+    <t>Vulkanos</t>
+  </si>
+  <si>
+    <t>7627.00₸</t>
+  </si>
+  <si>
+    <t>Воронка для пуровера;пластик;красный</t>
+  </si>
+  <si>
+    <t>02122633</t>
+  </si>
+  <si>
+    <t>VD-02R</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>7747.00₸</t>
+  </si>
+  <si>
+    <t>Воронка для пуровера;керамика;белый</t>
+  </si>
+  <si>
+    <t>02122634</t>
+  </si>
+  <si>
+    <t>VDC-02W</t>
+  </si>
+  <si>
+    <t>28429.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Воронка д/пуровер;стекло,пластик;прозр.,черный</t>
+  </si>
+  <si>
+    <t>02122636</t>
+  </si>
+  <si>
+    <t>VDGN-02B</t>
+  </si>
+  <si>
+    <t>9471.00₸</t>
+  </si>
+  <si>
+    <t>Воронка (пуровер);пластик;белый</t>
+  </si>
+  <si>
+    <t>02122640</t>
+  </si>
+  <si>
+    <t>VD-02W</t>
+  </si>
+  <si>
+    <t>7631.00₸</t>
+  </si>
+  <si>
+    <t>Воронка (пуровер);керамика;D=115/64мм</t>
+  </si>
+  <si>
+    <t>02122642</t>
+  </si>
+  <si>
+    <t>TV02</t>
+  </si>
+  <si>
+    <t>7189.00₸</t>
+  </si>
+  <si>
+    <t>Воронка (пуровер);стекло,пластик;D=10см</t>
+  </si>
+  <si>
+    <t>02122643</t>
+  </si>
+  <si>
+    <t>GV02</t>
+  </si>
+  <si>
+    <t>4886.00₸</t>
+  </si>
+  <si>
+    <t>Воронка (пуровер);пластик;D=115/48мм</t>
+  </si>
+  <si>
+    <t>02122647</t>
+  </si>
+  <si>
+    <t>V02</t>
+  </si>
+  <si>
+    <t>3024.00₸</t>
+  </si>
+  <si>
+    <t>Воронка (пуровер);стекло,бамбук;D=12см</t>
+  </si>
+  <si>
+    <t>02122648</t>
+  </si>
+  <si>
+    <t>GV11</t>
+  </si>
+  <si>
+    <t>7798.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Воронка (пуровер);керамика;D=117/60мм</t>
+  </si>
+  <si>
+    <t>02122649</t>
+  </si>
+  <si>
+    <t>ECV02</t>
+  </si>
+  <si>
+    <t>9905.00₸</t>
+  </si>
+  <si>
+    <t>Дрип-станция;сталь нерж.;D=12см</t>
+  </si>
+  <si>
+    <t>02122650</t>
+  </si>
+  <si>
+    <t>EV02</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Воронка (пуровер);силикон;D=10/2см;красный</t>
+  </si>
+  <si>
+    <t>02122651</t>
+  </si>
+  <si>
+    <t>GV40</t>
+  </si>
+  <si>
+    <t>4004.00₸</t>
+  </si>
+  <si>
+    <t>Воронка иммерсионная с таймером;пластик;D=120/64мм</t>
+  </si>
+  <si>
+    <t>02122652</t>
+  </si>
+  <si>
+    <t>F36B</t>
+  </si>
+  <si>
+    <t>22778.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо для портафильтра;сталь нерж.;D=58мм;черный</t>
+  </si>
+  <si>
+    <t>02122653</t>
+  </si>
+  <si>
+    <t>YF31black</t>
+  </si>
+  <si>
+    <t>Кольца для портафильтра</t>
+  </si>
+  <si>
+    <t>5229.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо для портафильтра;сталь нерж.;D=58мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02122654</t>
+  </si>
+  <si>
+    <t>YF31Silver</t>
+  </si>
+  <si>
+    <t>5250.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо для портафильтра;сталь нерж.;D=53мм;черный</t>
+  </si>
+  <si>
+    <t>02122656</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Кольцо для портафильтра;сталь нерж.;D=53мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02122657</t>
+  </si>
+  <si>
+    <t>YF31Silver,</t>
+  </si>
+  <si>
+    <t>Установка для колд-брю на 6-8 чашек;бамбук,стекло</t>
+  </si>
+  <si>
+    <t>02124101</t>
+  </si>
+  <si>
+    <t>BDS2</t>
+  </si>
+  <si>
+    <t>Комплектующие для аппаратов «Кофе по-восточному»</t>
+  </si>
+  <si>
+    <t>69342.00₸</t>
+  </si>
+  <si>
+    <t>Установка для колд-брю на 5-8 чашек;бамбук,стекло</t>
+  </si>
+  <si>
+    <t>02124102</t>
+  </si>
+  <si>
+    <t>BD8</t>
+  </si>
+  <si>
+    <t>79723.00₸</t>
+  </si>
+  <si>
+    <t>Воронка «Оригами» для кофе с подставкой (пуровер);керамика,дерево;D=13,8/11,8,H=10,6см;белый</t>
+  </si>
+  <si>
+    <t>02124208</t>
+  </si>
+  <si>
+    <t>GV20</t>
+  </si>
+  <si>
+    <t>11879.00₸</t>
+  </si>
+  <si>
+    <t>Аэропресс для кофе;пластик;240мл;D=16,2см;серый,черный</t>
+  </si>
+  <si>
+    <t>02124209</t>
+  </si>
+  <si>
+    <t>YRP01</t>
+  </si>
+  <si>
+    <t>23681.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе динамометрический;алюмин.;D=57мм;черный</t>
+  </si>
+  <si>
+    <t>02124248</t>
+  </si>
+  <si>
+    <t>YF15</t>
+  </si>
+  <si>
+    <t>18543.00₸</t>
+  </si>
+  <si>
+    <t>Чайник для приготовления кофе «Буоно» заварочный без пролива;сталь;1,2л;,L=29,5см</t>
+  </si>
+  <si>
+    <t>03150150</t>
+  </si>
+  <si>
+    <t>VKB-120HSV</t>
+  </si>
+  <si>
+    <t>Buono</t>
+  </si>
+  <si>
+    <t>Чайники для приготовления кофе</t>
+  </si>
+  <si>
+    <t>75522.00₸</t>
+  </si>
+  <si>
+    <t>Чайник;стекло;0,58л</t>
+  </si>
+  <si>
+    <t>03151104</t>
+  </si>
+  <si>
+    <t>A580</t>
+  </si>
+  <si>
+    <t>6552.00₸</t>
+  </si>
+  <si>
+    <t>Чайник для приготовления кофе;сталь нерж.;0,6л</t>
+  </si>
+  <si>
+    <t>03151308</t>
+  </si>
+  <si>
+    <t>BH600G</t>
+  </si>
+  <si>
+    <t>14035.00₸</t>
+  </si>
+  <si>
+    <t>Чайник для приготовления кофе с термометром;сталь нерж.,дерево;0,55л</t>
+  </si>
+  <si>
+    <t>03151309</t>
+  </si>
+  <si>
+    <t>BH51S</t>
+  </si>
+  <si>
+    <t>21000.00₸</t>
+  </si>
+  <si>
+    <t>Колба для габет-сифона верхняя арт.TCA-5;термост.стекло;прозр.</t>
+  </si>
+  <si>
+    <t>03160163</t>
+  </si>
+  <si>
+    <t>BU-TCA-5</t>
+  </si>
+  <si>
+    <t>32086.00₸</t>
+  </si>
+  <si>
+    <t>Габет-сифон для чая/кофе;термост.стекло,силикон;0,6л</t>
+  </si>
+  <si>
+    <t>03160475</t>
+  </si>
+  <si>
+    <t>TCA-5</t>
+  </si>
+  <si>
+    <t>130539.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл</t>
+  </si>
+  <si>
+    <t>03160476</t>
+  </si>
+  <si>
+    <t>00390030ICL</t>
+  </si>
+  <si>
+    <t>Evolution</t>
+  </si>
+  <si>
+    <t>Питчеры</t>
+  </si>
+  <si>
+    <t>15955.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,5л</t>
+  </si>
+  <si>
+    <t>03160477</t>
+  </si>
+  <si>
+    <t>00390060ICL</t>
+  </si>
+  <si>
+    <t>17949.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,75л;D=80,H=134,L=140мм;металлич.</t>
+  </si>
+  <si>
+    <t>03160478</t>
+  </si>
+  <si>
+    <t>00390090ICL</t>
+  </si>
+  <si>
+    <t>21784.00₸</t>
+  </si>
+  <si>
+    <t>Кемекс Декантер кофеварка;стекло</t>
+  </si>
+  <si>
+    <t>03160706</t>
+  </si>
+  <si>
+    <t>CM-6A</t>
+  </si>
+  <si>
+    <t>49165.00₸</t>
+  </si>
+  <si>
+    <t>Кемекс;стекло;400мл;D=12,H=16,5см</t>
+  </si>
+  <si>
+    <t>03160716</t>
+  </si>
+  <si>
+    <t>CH2</t>
+  </si>
+  <si>
+    <t>13195.00₸</t>
+  </si>
+  <si>
+    <t>Воронка (пуровер) с сервером;стекло,сталь нерж.;400мл;D=12,H=17,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03160720</t>
+  </si>
+  <si>
+    <t>CH104</t>
+  </si>
+  <si>
+    <t>16604.00₸</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Кемекс;стекло;0,8л</t>
+  </si>
+  <si>
+    <t>03160723</t>
+  </si>
+  <si>
+    <t>CH6</t>
+  </si>
+  <si>
+    <t>17444.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,5л;,H=10,5,L=12,5см;черный</t>
+  </si>
+  <si>
+    <t>03170622</t>
+  </si>
+  <si>
+    <t>0034G060ICL</t>
+  </si>
+  <si>
+    <t>63002.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;150мл;D=63,H=55мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170625</t>
+  </si>
+  <si>
+    <t>MLK150</t>
+  </si>
+  <si>
+    <t>2212.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;0,6л;D=90,H=105мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170668</t>
+  </si>
+  <si>
+    <t>MLK600</t>
+  </si>
+  <si>
+    <t>7427.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;350мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170669</t>
+  </si>
+  <si>
+    <t>MLK350</t>
+  </si>
+  <si>
+    <t>5642.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=13,5,H=17см;серебрист.</t>
+  </si>
+  <si>
+    <t>03170712</t>
+  </si>
+  <si>
+    <t>9-205</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>23978.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;150мл;D=63,H=55мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170713</t>
+  </si>
+  <si>
+    <t>9-240</t>
+  </si>
+  <si>
+    <t>8393.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170714</t>
+  </si>
+  <si>
+    <t>9-214</t>
+  </si>
+  <si>
+    <t>13576.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;D=90,H=105мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170715</t>
+  </si>
+  <si>
+    <t>9-210</t>
+  </si>
+  <si>
+    <t>15092.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;150мл;D=55,H=70мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170764</t>
+  </si>
+  <si>
+    <t>00340010ICL</t>
+  </si>
+  <si>
+    <t>42458.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Анниверсарио»;сталь нерж.;300мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170765</t>
+  </si>
+  <si>
+    <t>00340030ICL</t>
+  </si>
+  <si>
+    <t>Anniversario</t>
+  </si>
+  <si>
+    <t>52114.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,5л;D=90,H=105,B=85мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170766</t>
+  </si>
+  <si>
+    <t>00340060ICL</t>
+  </si>
+  <si>
+    <t>64242.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,75л;D=10,H=11,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03170767</t>
+  </si>
+  <si>
+    <t>00340090ICL</t>
+  </si>
+  <si>
+    <t>47941.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=12,5,H=18см;серебрист.</t>
+  </si>
+  <si>
+    <t>03170768</t>
+  </si>
+  <si>
+    <t>00340120ICL</t>
+  </si>
+  <si>
+    <t>75953.00₸</t>
+  </si>
+  <si>
+    <t>Кофемолка «Брезил» ручная;,H=21см;коричнев.</t>
+  </si>
+  <si>
+    <t>03172017</t>
+  </si>
+  <si>
+    <t>Peugeot</t>
+  </si>
+  <si>
+    <t>Brésil</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>Кофемолки ручные</t>
+  </si>
+  <si>
+    <t>78864.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;300мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03172401</t>
+  </si>
+  <si>
+    <t>40040030ICL</t>
+  </si>
+  <si>
+    <t>12446.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;D=9,H=11см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172402</t>
+  </si>
+  <si>
+    <t>40040060ICL</t>
+  </si>
+  <si>
+    <t>14546.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,8л;D=10,5,H=12см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172403</t>
+  </si>
+  <si>
+    <t>40040080ICL</t>
+  </si>
+  <si>
+    <t>16415.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=13,5,H=16,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172404</t>
+  </si>
+  <si>
+    <t>40040100ICL</t>
+  </si>
+  <si>
+    <t>28287.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;1,5л;D=17,H=20см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172416</t>
+  </si>
+  <si>
+    <t>MLK1500</t>
+  </si>
+  <si>
+    <t>12166.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;300мл;D=75,H=90мм;черный</t>
+  </si>
+  <si>
+    <t>03172417</t>
+  </si>
+  <si>
+    <t>4004R030ICL</t>
+  </si>
+  <si>
+    <t>19593.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;0,6л;D=95,H=105мм;черный</t>
+  </si>
+  <si>
+    <t>03172418</t>
+  </si>
+  <si>
+    <t>4004R060ICL</t>
+  </si>
+  <si>
+    <t>21630.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;0,8л;D=10,5,H=12см;черный</t>
+  </si>
+  <si>
+    <t>03172419</t>
+  </si>
+  <si>
+    <t>4004R080ICL</t>
+  </si>
+  <si>
+    <t>26348.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;1л;D=11,5,H=13см;черный</t>
+  </si>
+  <si>
+    <t>03172420</t>
+  </si>
+  <si>
+    <t>4004R100ICL</t>
+  </si>
+  <si>
+    <t>25144.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;D=8,H=10см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172425</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>6272.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Проотель»;сталь нерж.;0,5л</t>
+  </si>
+  <si>
+    <t>03172467</t>
+  </si>
+  <si>
+    <t>MLK6/8</t>
+  </si>
+  <si>
+    <t>13398.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Питчер «Соя»;сталь нерж.;300мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03172468</t>
+  </si>
+  <si>
+    <t>00340030ICL(S)</t>
+  </si>
+  <si>
+    <t>Soya</t>
+  </si>
+  <si>
+    <t>34319.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Соя»;сталь нерж.;0,5л;D=90,H=105мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03172469</t>
+  </si>
+  <si>
+    <t>00340060ICL(S)</t>
+  </si>
+  <si>
+    <t>41973.00₸</t>
+  </si>
+  <si>
+    <t>Кофемолка ручная;сталь нерж.,дерево;черный,тем.дерево</t>
+  </si>
+  <si>
+    <t>03173105</t>
+  </si>
+  <si>
+    <t>NM250black</t>
+  </si>
+  <si>
+    <t>78148.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;1л;D=10,H=12,5,L=14см;серебрист.</t>
+  </si>
+  <si>
+    <t>03175405</t>
+  </si>
+  <si>
+    <t>MLK1000</t>
+  </si>
+  <si>
+    <t>10675.00₸</t>
+  </si>
+  <si>
+    <t>Питчер Сплит;сталь нерж.;300мл;,H=95,L=75/120,B=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175425</t>
+  </si>
+  <si>
+    <t>00430030ICL</t>
+  </si>
+  <si>
+    <t>Elite Gold</t>
+  </si>
+  <si>
+    <t>60461.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Революшн Дуэт А»;сталь нерж.;0,5л;,H=100,L=87/135,B=87мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175427</t>
+  </si>
+  <si>
+    <t>00450A60ICL</t>
+  </si>
+  <si>
+    <t>Revolution (дубль)</t>
+  </si>
+  <si>
+    <t>82437.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Питчер «Революшн Дуэт Би»;сталь нерж.;0,5л;,H=100,L=87/130,B=83мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175428</t>
+  </si>
+  <si>
+    <t>00450B60ICL</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Питчер «Революшн Дуэт Си»;сталь нерж.;0,5л;,H=100,L=89/130,B=87мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175429</t>
+  </si>
+  <si>
+    <t>00450C60ICL</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Питчер «Революшн Дуэт Ди»;сталь нерж.;0,5л;,H=100,L=87/130,B=82мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175430</t>
+  </si>
+  <si>
+    <t>00450D60ICL</t>
+  </si>
+  <si>
     <t>14 шт.</t>
   </si>
   <si>
-    <t>Декоратор для капучино (4 насадки);пластик;300мл;D=8,H=13см;красный,прозр.</t>
-[...296 lines deleted...]
-    <t>20636.00₸</t>
+    <t>Питчер Реверс;сталь нерж.,силикон;0,5л;,H=105,L=105,B=65мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03175431</t>
+  </si>
+  <si>
+    <t>00470060ICL</t>
+  </si>
+  <si>
+    <t>76746.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;красный</t>
+  </si>
+  <si>
+    <t>03175443</t>
+  </si>
+  <si>
+    <t>LH350B red</t>
+  </si>
+  <si>
+    <t>9198.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;красный</t>
+  </si>
+  <si>
+    <t>03175444</t>
+  </si>
+  <si>
+    <t>LH600B red</t>
+  </si>
+  <si>
+    <t>9464.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;D=65,H=91мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175445</t>
+  </si>
+  <si>
+    <t>LH350</t>
+  </si>
+  <si>
+    <t>4193.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;D=8,H=11,L=13см</t>
+  </si>
+  <si>
+    <t>03175450</t>
+  </si>
+  <si>
+    <t>LH600</t>
+  </si>
+  <si>
+    <t>7861.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л</t>
+  </si>
+  <si>
+    <t>03175451</t>
+  </si>
+  <si>
+    <t>LH1000</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;черный</t>
+  </si>
+  <si>
+    <t>03175452</t>
+  </si>
+  <si>
+    <t>LH350B black</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;черный</t>
+  </si>
+  <si>
+    <t>03175453</t>
+  </si>
+  <si>
+    <t>LH600B black</t>
+  </si>
+  <si>
+    <t>11830.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;150мл;D=54,H=66мм;желт.</t>
+  </si>
+  <si>
+    <t>03177079</t>
+  </si>
+  <si>
+    <t>LH150/Yellow</t>
+  </si>
+  <si>
+    <t>7119.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;D=66,H=90мм;желт.</t>
+  </si>
+  <si>
+    <t>03177080</t>
+  </si>
+  <si>
+    <t>LH350/Yellow</t>
+  </si>
+  <si>
+    <t>8330.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;D=8,H=11см;желт.</t>
+  </si>
+  <si>
+    <t>03177081</t>
+  </si>
+  <si>
+    <t>LH600/Yellow</t>
+  </si>
+  <si>
+    <t>10710.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=89,H=141мм;желт.</t>
+  </si>
+  <si>
+    <t>03177082</t>
+  </si>
+  <si>
+    <t>LH1000/Yellow</t>
+  </si>
+  <si>
+    <t>13090.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;150мл;D=54,H=66мм;хамел.</t>
+  </si>
+  <si>
+    <t>03177083</t>
+  </si>
+  <si>
+    <t>LH150/Chameleon</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;D=66,H=90мм;хамел.</t>
+  </si>
+  <si>
+    <t>03177084</t>
+  </si>
+  <si>
+    <t>LH350/Chameleon</t>
+  </si>
+  <si>
+    <t>6664.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;D=8,H=11см;хамел.</t>
+  </si>
+  <si>
+    <t>03177085</t>
+  </si>
+  <si>
+    <t>LH600/Chameleon</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=89,H=141мм;хамел.</t>
+  </si>
+  <si>
+    <t>03177086</t>
+  </si>
+  <si>
+    <t>LH1000/Chameleon</t>
+  </si>
+  <si>
+    <t>Нок-бокс;сталь нерж.,силикон;D=17,H=17,5см;стальной,черный</t>
+  </si>
+  <si>
+    <t>04011540</t>
+  </si>
+  <si>
+    <t>07570000IVV</t>
+  </si>
+  <si>
+    <t>50443.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Нок-бокс;металл;,H=10,L=17,5,B=16см;черный</t>
+  </si>
+  <si>
+    <t>04014816</t>
+  </si>
+  <si>
+    <t>ZH1</t>
+  </si>
+  <si>
+    <t>9408.00₸</t>
+  </si>
+  <si>
+    <t>Нок-бокс;сталь нерж.;,H=15,L=26,5,B=16,3мм</t>
+  </si>
+  <si>
+    <t>04014817</t>
+  </si>
+  <si>
+    <t>ZH4</t>
+  </si>
+  <si>
+    <t>12600.00₸</t>
+  </si>
+  <si>
+    <t>Нок-бокс;сталь нерж.,дерево;,H=11,L=27,B=17см;черный,серебрист.</t>
+  </si>
+  <si>
+    <t>04014818</t>
+  </si>
+  <si>
+    <t>ZHW4</t>
+  </si>
+  <si>
+    <t>20195.00₸</t>
+  </si>
+  <si>
+    <t>Нок-бокс;сталь нерж.;D=15,H=15,5см;стальной</t>
+  </si>
+  <si>
+    <t>04014819</t>
+  </si>
+  <si>
+    <t>ZH10</t>
+  </si>
+  <si>
+    <t>27559.00₸</t>
+  </si>
+  <si>
+    <t>Нок-бокс встраиваемый;металл;,H=10,5,L=18,1,B=16,8см;черный</t>
+  </si>
+  <si>
+    <t>04019030</t>
+  </si>
+  <si>
+    <t>DA03</t>
+  </si>
+  <si>
+    <t>28560.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для каппинга;сталь нерж.;,L=159/49,B=20мм;черный</t>
+  </si>
+  <si>
+    <t>04041114</t>
+  </si>
+  <si>
+    <t>BS300</t>
+  </si>
+  <si>
+    <t>4158.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для промывки кофемашины;нейлон,пластик;,L=15см;черный</t>
+  </si>
+  <si>
+    <t>04120254</t>
+  </si>
+  <si>
+    <t>07590000PVV</t>
+  </si>
+  <si>
+    <t>Щетки и уход за кофемашиной</t>
+  </si>
+  <si>
+    <t>4089.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для промывки кофемашины;пластик</t>
+  </si>
+  <si>
+    <t>04120259</t>
+  </si>
+  <si>
+    <t>BP50</t>
+  </si>
+  <si>
+    <t>4060.00₸</t>
+  </si>
+  <si>
+    <t>Этчер;сталь нерж.;,L=130,B=3мм</t>
+  </si>
+  <si>
+    <t>04121401</t>
+  </si>
+  <si>
+    <t>LH01</t>
+  </si>
+  <si>
+    <t>1358.00₸</t>
+  </si>
+  <si>
+    <t>Набор этчеров[3шт];сталь нерж.;,L=21см;стальной</t>
+  </si>
+  <si>
+    <t>04121402</t>
+  </si>
+  <si>
+    <t>LH01A</t>
+  </si>
+  <si>
+    <t>14217.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для промывки кофемашины;нейлон;D=58,L=237мм;черный</t>
+  </si>
+  <si>
+    <t>04121702</t>
+  </si>
+  <si>
+    <t>BP46</t>
+  </si>
+  <si>
+    <t>4760.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для промывки кофемашины;силикон;D=58,L=222мм;черный</t>
+  </si>
+  <si>
+    <t>04121703</t>
+  </si>
+  <si>
+    <t>DA01</t>
+  </si>
+  <si>
+    <t>Турка;медь;400мл;D=65/65,H=100,L=155мм;золотой</t>
+  </si>
+  <si>
+    <t>04140309</t>
+  </si>
+  <si>
+    <t>CH 109</t>
+  </si>
+  <si>
+    <t>TUR</t>
+  </si>
+  <si>
+    <t>Турки</t>
+  </si>
+  <si>
+    <t>18696.00₸</t>
+  </si>
+  <si>
+    <t>Турка;медь;225мл;D=45/60,H=100,L=140мм;золотой</t>
+  </si>
+  <si>
+    <t>04140310</t>
+  </si>
+  <si>
+    <t>CH 103</t>
+  </si>
+  <si>
+    <t>10372.00₸</t>
+  </si>
+  <si>
+    <t>Турка;медь;200мл;D=45/70,H=80,L=150мм;золотой</t>
+  </si>
+  <si>
+    <t>04140311</t>
+  </si>
+  <si>
+    <t>CH Ч 99</t>
+  </si>
+  <si>
+    <t>21368.00₸</t>
+  </si>
+  <si>
+    <t>Турка;медь;320мл;D=65/75,H=100,L=180мм;золотой</t>
+  </si>
+  <si>
+    <t>04140314</t>
+  </si>
+  <si>
+    <t>СН 142</t>
+  </si>
+  <si>
+    <t>Турка «Миссис»;сталь нерж.,дерево;130мл;D=6,H=7см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140330</t>
+  </si>
+  <si>
+    <t>CH212</t>
+  </si>
+  <si>
+    <t>Миссис</t>
+  </si>
+  <si>
+    <t>9202.00₸</t>
+  </si>
+  <si>
+    <t>Турка «Мисс»;сталь нерж.,дерево;125мл;D=60,H=65мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04140331</t>
+  </si>
+  <si>
+    <t>CH215</t>
+  </si>
+  <si>
+    <t>Мисс</t>
+  </si>
+  <si>
+    <t>8624.00₸</t>
+  </si>
+  <si>
+    <t>Турка;сталь нерж.,дерево;350мл;D=9,H=10см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140332</t>
+  </si>
+  <si>
+    <t>CH110</t>
+  </si>
+  <si>
+    <t>19458.00₸</t>
+  </si>
+  <si>
+    <t>Турка;сталь нерж.,пластик;200мл;D=75,H=70,L=110мм;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04140333</t>
+  </si>
+  <si>
+    <t>00850020ICC</t>
+  </si>
+  <si>
+    <t>8246.00₸</t>
+  </si>
+  <si>
+    <t>Турка;сталь нерж.,пластик;0,5л;D=9,H=8см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04140335</t>
+  </si>
+  <si>
+    <t>00850060ICC</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
-    <t>Темпер для кофе;алюмин.,дерево;D=52,H=95мм;св. дерево</t>
-[...1804 lines deleted...]
-  <si>
     <t>Турка «Рим»;медь,дерево;400мл;D=8,H=11,L=23см;медный</t>
   </si>
   <si>
     <t>04140336</t>
   </si>
   <si>
     <t>13306.00₸</t>
   </si>
   <si>
     <t>Турка «Рыцарь»;медь,дерево;400мл;D=85,H=100,L=230мм;медный</t>
   </si>
   <si>
     <t>04140337</t>
   </si>
   <si>
     <t>26065.00₸</t>
   </si>
   <si>
     <t>Турка «Арарат»;медь,дерево;400мл;D=95,H=100мм;медный</t>
   </si>
   <si>
     <t>04140338</t>
   </si>
   <si>
     <t>26904.00₸</t>
@@ -2381,53 +2396,50 @@
   <si>
     <t>06010902</t>
   </si>
   <si>
     <t>5968.00₸</t>
   </si>
   <si>
     <t>Мешалка д/кокт. «Пальма»[50шт];,L=30см</t>
   </si>
   <si>
     <t>06010903</t>
   </si>
   <si>
     <t>7363.00₸</t>
   </si>
   <si>
     <t>Мешалка «Пальма-Кокос»[100шт];полистирол;,L=23,5см;разноцветн.</t>
   </si>
   <si>
     <t>06010905</t>
   </si>
   <si>
     <t>3050.00₸</t>
   </si>
   <si>
-    <t>31 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Мешалка «Наутилус»[50шт];пластик;,L=17см;разноцветн.</t>
   </si>
   <si>
     <t>06011204</t>
   </si>
   <si>
     <t>2942.00₸</t>
   </si>
   <si>
     <t>Мешалка «Теннисная ракетка»[50шт];пластик;,L=19см;разноцветн.</t>
   </si>
   <si>
     <t>06011501</t>
   </si>
   <si>
     <t>5645.00₸</t>
   </si>
   <si>
     <t>Мешалка «Сердечко»[50шт];пластик;,L=20см;разноцветн.</t>
   </si>
   <si>
     <t>06011602</t>
   </si>
   <si>
     <t>4466.00₸</t>
@@ -2534,51 +2546,51 @@
   <si>
     <t>4667.00₸</t>
   </si>
   <si>
     <t>Мешалка для кофе и чая[1000шт];дерево;,L=14см;св. дерево</t>
   </si>
   <si>
     <t>06013006</t>
   </si>
   <si>
     <t>4967.00₸</t>
   </si>
   <si>
     <t>Песок кварцевый 1кг фракция 0,1-0,4</t>
   </si>
   <si>
     <t>07010306</t>
   </si>
   <si>
     <t>sand</t>
   </si>
   <si>
     <t>EVIS</t>
   </si>
   <si>
-    <t>201.00₸</t>
+    <t>308.00₸</t>
   </si>
   <si>
     <t>Кофемашина «Sanremo ZOE 2G SED TA»;алюм.литой;10,3л;,H=60,2,L=72,B=52,8см;3,15Квт;черный,металлич.</t>
   </si>
   <si>
     <t>07022114</t>
   </si>
   <si>
     <t>UZN211212006B</t>
   </si>
   <si>
     <t>Кофемашины</t>
   </si>
   <si>
     <t>3021480.00₸</t>
   </si>
   <si>
     <t>Кофемашина «Sanremo ZOE 2G SED TA»;алюм.литой;10,3л;,H=60,2,L=72,B=52,8см;3,15Квт;белый,металлич.</t>
   </si>
   <si>
     <t>07022115</t>
   </si>
   <si>
     <t>UZM211812006B</t>
   </si>
@@ -2774,153 +2786,153 @@
   <si>
     <t>Средство для декальцинации кофемашин «Асидем D22» порошковое 1 кг;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013817</t>
   </si>
   <si>
     <t>D22</t>
   </si>
   <si>
     <t>12474.00₸</t>
   </si>
   <si>
     <t>Средство для удаления кофейных масел «Алкадем G21» порошковое 1 кг;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013818</t>
   </si>
   <si>
     <t>G21</t>
   </si>
   <si>
     <t>Алкадем</t>
   </si>
   <si>
+    <t>7469.00₸</t>
+  </si>
+  <si>
+    <t>Средство для удаления кофейных масел «Алкадем G31» таблетированное (100 шт.);,H=10,L=22,5см;белый</t>
+  </si>
+  <si>
+    <t>08013819</t>
+  </si>
+  <si>
+    <t>G31</t>
+  </si>
+  <si>
+    <t>Средство для удаления кофейных масел «Алкадем G32» таблетированное (100 шт.);,H=10,L=22,5см;белый</t>
+  </si>
+  <si>
+    <t>08013820</t>
+  </si>
+  <si>
+    <t>G32</t>
+  </si>
+  <si>
+    <t>6853.00₸</t>
+  </si>
+  <si>
+    <t>Средство для удаления кофейных масел «Алкадем G33» таблетированное (80 шт.);,H=10,L=22,5см;белый</t>
+  </si>
+  <si>
+    <t>08013821</t>
+  </si>
+  <si>
+    <t>G33</t>
+  </si>
+  <si>
     <t>7315.00₸</t>
   </si>
   <si>
-    <t>Средство для удаления кофейных масел «Алкадем G31» таблетированное (100 шт.);,H=10,L=22,5см;белый</t>
-[...28 lines deleted...]
-  <si>
     <t>Средство для очистки молочных систем кофемашин «Алкадем М12» экологичное;1л;,H=24,L=26см;белый</t>
   </si>
   <si>
     <t>08013822</t>
   </si>
   <si>
     <t>М12</t>
   </si>
   <si>
     <t>3388.00₸</t>
   </si>
   <si>
     <t>Средство для очистки жерновов кофемолок «Алкадем К41» экологичное;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013823</t>
   </si>
   <si>
     <t>К41</t>
   </si>
   <si>
-    <t>8470.00₸</t>
-[...2 lines deleted...]
-    <t>25 шт.</t>
+    <t>8701.00₸</t>
   </si>
   <si>
     <t>Держатель для стаканов[150шт];картон</t>
   </si>
   <si>
     <t>09050580</t>
   </si>
   <si>
     <t>000012</t>
   </si>
   <si>
     <t>Держатели для стаканов, манжеты</t>
   </si>
   <si>
     <t>5544.00₸</t>
   </si>
   <si>
     <t>Манжета для стаканов[100шт];картон;,H=6,L=24см;черный</t>
   </si>
   <si>
     <t>09050581</t>
   </si>
   <si>
     <t>1579.00₸</t>
   </si>
   <si>
     <t>Манжета для стаканов крафт двусторонний[100шт];картон;,H=6,L=24см;бежев.</t>
   </si>
   <si>
     <t>09050582</t>
   </si>
   <si>
     <t>1271.00₸</t>
   </si>
   <si>
     <t>Турка «Мисс»;медь,олово;125мл;D=60,H=65мм;медный</t>
   </si>
   <si>
     <t>04140306</t>
   </si>
   <si>
     <t>CH 115</t>
   </si>
   <si>
-    <t>8701.00₸</t>
+    <t>42 шт.</t>
   </si>
   <si>
     <t>Турка «Миссис»;медь,дерево;155мл;D=60,H=65мм;медный</t>
   </si>
   <si>
     <t>04140307</t>
   </si>
   <si>
     <t>CH 112</t>
   </si>
   <si>
     <t>Турка;медь,дерево;80мл;D=6,H=4см;медный</t>
   </si>
   <si>
     <t>04140308</t>
   </si>
   <si>
     <t>CH 114</t>
   </si>
   <si>
     <t>9179.00₸</t>
   </si>
   <si>
     <t>Аппарат для приготовления кофе на песке АК/8-2 (1,8 кг песка и турка 100 мл);сталь;,H=86см;1,5Квт;ме</t>
   </si>
@@ -2978,215 +2990,167 @@
   <si>
     <t>Термостат д/АК/8-1,2,3 (50-300С);сталь,пластик;,L=170,B=45мм;металлич.,белый</t>
   </si>
   <si>
     <t>07020138</t>
   </si>
   <si>
     <t>20.13.0.0001</t>
   </si>
   <si>
     <t>24363.00₸</t>
   </si>
   <si>
     <t>Предохранитель д/АК/8-1,2,3;сталь;,L=30,B=5см;металлич.</t>
   </si>
   <si>
     <t>07020139</t>
   </si>
   <si>
     <t>20.01.0.0017</t>
   </si>
   <si>
     <t>44345.00₸</t>
   </si>
   <si>
-    <t>Нагрев.элемент д/АК/8-1,2,3;сталь;D=250,H=55мм;металлич.</t>
-[...10 lines deleted...]
-  <si>
     <t>Нагревательная площадка АК/84-9;сталь;D=195,H=40мм;металлич.</t>
   </si>
   <si>
     <t>07020142</t>
   </si>
   <si>
     <t>20.13.0.0042</t>
   </si>
   <si>
     <t>35290.00₸</t>
   </si>
   <si>
     <t>Аппарат для приготовления кофе на песке АК/8-5 (0,5 кг песка и турка 100 мл);сталь;,H=19,5,L=21,B=21</t>
   </si>
   <si>
     <t>07020155</t>
   </si>
   <si>
     <t>AK/8-5Gold</t>
   </si>
   <si>
     <t>189701.00₸</t>
   </si>
   <si>
     <t>07020156</t>
   </si>
   <si>
     <t>AK/8-5Inox</t>
   </si>
   <si>
     <t>189705.00₸</t>
   </si>
   <si>
     <t>База д/арт.AK/8-2 со встроен.кольцами;бронза</t>
   </si>
   <si>
     <t>07020176</t>
   </si>
   <si>
     <t>50.13.0.0091</t>
   </si>
   <si>
     <t>107808.00₸</t>
   </si>
   <si>
-    <t>Шестигранный винт д/арт.AK/8-2</t>
-[...28 lines deleted...]
-  <si>
     <t>Питчер;сталь нерж.;0,6л;зелен.</t>
   </si>
   <si>
     <t>03177218</t>
   </si>
   <si>
     <t>LH600/green</t>
   </si>
   <si>
     <t>11193.00₸</t>
   </si>
   <si>
     <t>Фильтры для кофе для воронки Калита[500шт];бумага;D=11,5/23,5см;белый</t>
   </si>
   <si>
     <t>02030850</t>
   </si>
   <si>
     <t>F250/500</t>
   </si>
   <si>
     <t>36064.00₸</t>
   </si>
   <si>
     <t>Темпер для кофе автоматический, электрический (подходит для d=57-58,5 мм);30вт;черный</t>
   </si>
   <si>
     <t>02124249</t>
   </si>
   <si>
     <t>EC007/black</t>
   </si>
   <si>
     <t>261800.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Питчер с рисками;сталь нерж.;350мл;металлич.</t>
   </si>
   <si>
     <t>03177219</t>
   </si>
   <si>
     <t>LH350/scale</t>
   </si>
   <si>
     <t>8708.00₸</t>
   </si>
   <si>
     <t>Питчер «Пэн джаг»;сталь нерж.;0,8л;металлич.</t>
   </si>
   <si>
     <t>03177248</t>
   </si>
   <si>
     <t>00400800ICL</t>
   </si>
   <si>
     <t>Pen Jug</t>
   </si>
   <si>
     <t>24640.00₸</t>
   </si>
   <si>
     <t>Темпер для кофе автоматический, электрический (подходит для d=57-58,5 мм);30вт;белый</t>
   </si>
   <si>
     <t>02124250</t>
   </si>
   <si>
     <t>EC007/white</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Питчер «Пэн джаг»;сталь нерж.;0,6л;металлич.</t>
   </si>
   <si>
     <t>03177247</t>
   </si>
   <si>
     <t>00400600ICL</t>
   </si>
   <si>
     <t>20020.00₸</t>
   </si>
   <si>
     <t>Питчер с рисками;сталь нерж.;0,6л;металлич.</t>
   </si>
   <si>
     <t>03177220</t>
   </si>
   <si>
     <t>LH600/scale</t>
   </si>
   <si>
     <t>10199.00₸</t>
   </si>
   <si>
     <t>Фильтры для кофе для кемекса квадратные[100шт];белый</t>
@@ -3402,65 +3366,50 @@
     <t>03173910</t>
   </si>
   <si>
     <t>NM250silver</t>
   </si>
   <si>
     <t>Жернова из закаленной стали 65 мм для кофемолки Helios 65;сталь закал.;D=65,H=10мм</t>
   </si>
   <si>
     <t>02030858</t>
   </si>
   <si>
     <t>MAC64ITA-HP CP</t>
   </si>
   <si>
     <t>Eureka Helios 65</t>
   </si>
   <si>
     <t>29869.00₸</t>
   </si>
   <si>
     <t>07022115krd</t>
   </si>
   <si>
     <t>0.00₸</t>
-  </si>
-[...13 lines deleted...]
-    <t>62755.00₸</t>
   </si>
   <si>
     <t>Сервер для кофе «Брюверс» термостойкий;фарфор;300мл;,H=127,L=82,B=72мм;черный,белый</t>
   </si>
   <si>
     <t>03090756</t>
   </si>
   <si>
     <t>C099-97BIK</t>
   </si>
   <si>
     <t>Loveramics</t>
   </si>
   <si>
     <t>Brewers</t>
   </si>
   <si>
     <t>14700.00₸</t>
   </si>
   <si>
     <t>Питчер «Пробар Премиум»;сталь нерж.;450мл;,H=105,L=117,B=83мм;серебрист.</t>
   </si>
   <si>
     <t>03170875</t>
   </si>
@@ -3520,51 +3469,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF45F-424C-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D8567C-20D1-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D8571C-20D1-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D8552A-20D1-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D85478-20D1-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DD040EC-20CE-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DD0419E-20CE-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DD0423E-20CE-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3CC8C-20CE-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0CD87294-764E-11EC-BBF7-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3CD3E-20CE-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DD042F0-20CE-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3A8FA2C-59EE-11ED-BC00-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791E173B-20D0-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18EB7C-B6D1-11EE-BC37-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18ECAE-B6D1-11EE-BC37-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18EA94-B6D1-11EE-BC37-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9634AE9-8390-11EE-BC11-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F46E3-20D0-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/079C5EB3-1E4C-11EC-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FDD33FF-20CE-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38655-E3C4-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FDD349F-20CE-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB72-4251-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA645973-4252-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AB5C-20CE-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F49AB-20D0-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF828F32-814A-11E9-BBBA-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D11A2AE-20D0-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99C1-814B-11E9-BBBA-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7ACC0-20CE-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AD60-20CE-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B1E-E3C6-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C84A726-4768-11EA-BBCE-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52A0B438-4768-11EA-BBCE-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38656-E3C4-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38654-E3C4-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38653-E3C4-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38650-E3C4-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38651-E3C4-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AC0E-20CE-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C322CCE0-1E4B-11EC-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A29CBCC-1E4C-11EC-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6E9C-20CF-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6DEA-20CF-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6C86-20CF-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8EA20CC-90FD-11EC-BBF8-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6D38-20CF-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AE00-20CE-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AEB2-20CE-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A29CBCF-1E4C-11EC-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C322CCDE-1E4B-11EC-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C322CCDF-1E4B-11EC-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A932014D-20D0-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1396F520-1E4C-11EC-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4847-20D0-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D9C9025-1E4C-11EC-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F48F9-20D0-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4795-20D0-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39B01606-D832-11EC-BBFA-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68B19642-560F-11EC-BBF6-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE46B258-1E4B-11EC-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AD8-4251-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11CEE79C-F151-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB6C-E3C7-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18613421-4253-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0EF-4254-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC8D-1E4C-11EC-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA28FE-20D1-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16027559-20D1-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA29B0-20D1-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F7C-1E4C-11EC-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F78-1E4C-11EC-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA2A62-20D1-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F7A-1E4C-11EC-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC8E-1E4C-11EC-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC8F-1E4C-11EC-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC90-1E4C-11EC-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC91-1E4C-11EC-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AA1C-20CE-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55F527E7-560F-11EC-BBF6-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ABD81E4-7E52-11EE-BC0F-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E0613B2-7E52-11EE-BC0F-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4EDBA-7E52-11EE-BC0F-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB27622-E3D2-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46E8FA64-21BF-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3438-560F-11EC-BBF6-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE343C-560F-11EC-BBF6-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CBB071D-F163-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCCD-4254-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A691E-4254-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A691F-4254-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E567053-21C0-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A055E7F-16CE-11EF-BC3F-0050569297EB94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EEC9A7-21C1-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF014E3-21C1-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EECA59-21C1-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E56746D-21C0-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A7D4B20-21C0-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A7D4C84-21C0-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469E1DA-21C0-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E8B2-424B-11E8-A155-00259035BB67102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95FCE662-E3D4-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCDB-424B-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCDC-424B-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD7DF-21C0-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2440-424C-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E5673BB-21C0-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2442-424C-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD5ED-21C0-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17E0E7EF-21C1-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD489-21C0-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E567257-21C0-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E566FA1-21C0-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD53B-21C0-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A7D4BD2-21C0-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A32660A-4251-11E8-A155-00259035BB67117.gif"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4C734B-E3D4-11EB-BBF2-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95FCE665-E3D4-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A32660D-4251-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9B3-4252-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8841923-4253-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469DCFC-21C0-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F9A-4253-11E8-A155-00259035BB67124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75791C43-560F-11EC-BBF6-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469E28C-21C0-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469DDAE-21C0-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469E128-21C0-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469E076-21C0-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469DF12-21C0-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469DFC4-21C0-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469DE60-21C0-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD325-21C0-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E5671A5-21C0-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD3D7-21C0-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E567309-21C0-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD68D-21C0-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024607C4-21C0-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E5670F3-21C0-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0BD56-7E52-11EE-BC0F-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4F42A-7E52-11EE-BC0F-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0BEBA-7E52-11EE-BC0F-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4F57C-7E52-11EE-BC0F-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0BCB6-7E52-11EE-BC0F-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4F38A-7E52-11EE-BC0F-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0BDF6-7E52-11EE-BC0F-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4F4CA-7E52-11EE-BC0F-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0376926E-4769-11EA-BBCE-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F383797-560F-11EC-BBF6-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F383796-560F-11EC-BBF6-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F383794-560F-11EC-BBF6-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/292ED4B7-21C4-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0BF5A-7E52-11EE-BC0F-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0C0AF-7E52-11EE-BC0F-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BADA0D2-4769-11EA-BBCE-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D3FDC9D-AFD1-11EE-BC40-00505692492F156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD06D62E-1E4B-11EC-BBF2-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F383799-560F-11EC-BBF6-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D3FDD61-AFD1-11EE-BC40-00505692492F159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08CC757D-7E52-11EE-BC0F-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A0737B0-21C7-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073850-21C7-11EE-BC0D-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073902-21C7-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A6B-424B-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C929-424D-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C92A-424D-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073710-21C7-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E59-424D-11E8-A155-00259035BB67168.gif"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E5A-424D-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44C3-424E-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073A42-21C7-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073AE2-21C7-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A0739A2-21C7-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B924-4254-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C856FE2-21C9-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ABD84F9-7E52-11EE-BC0F-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ABD8338-7E52-11EE-BC0F-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ABD8411-7E52-11EE-BC0F-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E02-424B-11E8-A155-00259035BB67179.gif"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A2C0-424C-11E8-A155-00259035BB67180.gif"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA966E-424D-11E8-A155-00259035BB67181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E04-424B-11E8-A155-00259035BB67182.gif"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56D1-424E-11E8-A155-00259035BB67183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E05-424B-11E8-A155-00259035BB67184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA966C-424D-11E8-A155-00259035BB67185.gif"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B16BA-2224-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B17DA-2224-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B1423-2224-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B1566-2224-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A7A2-4252-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B1A05-2224-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B190A-2224-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9EDF-424D-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C68-4254-11E8-A155-00259035BB67194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD8-424B-11E8-A155-00259035BB67195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EFC-424C-11E8-A155-00259035BB67196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E181C94-2224-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE900E-424D-11E8-A155-00259035BB67198.gif"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A7A3-4252-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/227194E9-1CA2-11EE-BC0C-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914E3-424B-11E8-A155-00259035BB67201.gif"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606BC47-FE3F-11ED-BC09-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606BCE7-FE3F-11ED-BC09-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD33CB77-25A1-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267AABE4-27BC-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE343A-560F-11EC-BBF6-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D8729DF-222F-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3439-560F-11EC-BBF6-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6518E8B5-E9AC-11ED-BC09-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6518E729-E9AC-11ED-BC09-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0C2A5-7E52-11EE-BC0F-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD33CA45-25A1-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675F9571-4BF6-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675F93F9-4BF6-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C7BB4DC-690A-11EE-BC0F-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA80B1CB-727F-11EE-BC0F-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF4574D8-222F-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF457414-222F-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF457374-222F-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF457182-222F-11EE-BC0D-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF4570E2-222F-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF457021-222F-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9498641-222F-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF457234-222F-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF4572D4-222F-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE8705B8-A111-11EE-BC36-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8857A56-A111-11EE-BC36-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8857B62-A111-11EE-BC36-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF09B-424B-11E8-A155-00259035BB67229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83B85E26-4411-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF09D-424B-11E8-A155-00259035BB67231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E144E2-2231-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9427-424F-11E8-A155-00259035BB67233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE0035B-2231-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE00285-2231-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942A-424F-11E8-A155-00259035BB67236.gif"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942B-424F-11E8-A155-00259035BB67237.gif"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942C-424F-11E8-A155-00259035BB67238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942E-424F-11E8-A155-00259035BB67239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE0018B-2231-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE000EB-2231-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EDFFEE7-2231-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F3F95-3157-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACCF1994-F132-11EF-BC4E-00505692C447244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6B8FCA9-F132-11EF-BC4E-00505692C447245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6B90027-F132-11EF-BC4E-00505692C447246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D025E8-F132-11EF-BC4E-00505692C447247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6B9017B-F132-11EF-BC4E-00505692C447248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCDBF040-2935-11F0-BC54-00505692E2D0249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D02794-F132-11EF-BC4E-00505692C447250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEAC914-4ABE-11F0-BC59-00505692E049251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACCF18BE-F132-11EF-BC4E-00505692C447252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D026BE-F132-11EF-BC4E-00505692C447253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43AC938B-8C11-11EF-BC4E-00505692C447254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ACE358-8C11-11EF-BC4E-00505692C447255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333A1D62-8C11-11EF-BC4E-00505692C447256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ACE282-8C11-11EF-BC4E-00505692C447257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43AC927F-8C11-11EF-BC4E-00505692C447258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DB463D6-8C11-11EF-BC4E-00505692C447259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5266DE90-9154-11F0-BC58-00505692E2D0260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C6DA40E-9390-11EF-BC4E-00505692C447261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E4A718F-9390-11EF-BC4E-00505692C447262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CA9403C-9390-11EF-BC4E-00505692C447263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DAA90-EAEE-11EF-BC4E-00505692C447264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6B8FF51-F132-11EF-BC4E-00505692C447265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99BA6D4A-E345-11EF-BC53-00505692E2D0266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99BA6026-E345-11EF-BC53-00505692E2D0267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B876BF71-3631-11F0-BC55-00505692E2D0268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6386E59-04DF-11F0-BC53-00505692E2D0269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D581980-528A-11F0-BC52-00505692C447270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D13E773-667D-11F0-BC55-00505692E2D0271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496F166F-7EDB-11F0-BC56-00505692C447272.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF45F-424C-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D8567C-20D1-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D8571C-20D1-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D8552A-20D1-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D85478-20D1-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DD040EC-20CE-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DD0419E-20CE-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DD0423E-20CE-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3CC8C-20CE-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0CD87294-764E-11EC-BBF7-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3CD3E-20CE-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DD042F0-20CE-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3A8FA2C-59EE-11ED-BC00-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791E173B-20D0-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18EB7C-B6D1-11EE-BC37-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18ECAE-B6D1-11EE-BC37-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18EA94-B6D1-11EE-BC37-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9634AE9-8390-11EE-BC11-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F46E3-20D0-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/079C5EB3-1E4C-11EC-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FDD33FF-20CE-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38655-E3C4-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FDD349F-20CE-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB72-4251-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA645973-4252-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AB5C-20CE-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F49AB-20D0-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF828F32-814A-11E9-BBBA-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D11A2AE-20D0-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99C1-814B-11E9-BBBA-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7ACC0-20CE-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AD60-20CE-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A562B1E-E3C6-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C84A726-4768-11EA-BBCE-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52A0B438-4768-11EA-BBCE-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38656-E3C4-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38654-E3C4-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38653-E3C4-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38650-E3C4-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C38651-E3C4-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AC0E-20CE-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C322CCE0-1E4B-11EC-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A29CBCC-1E4C-11EC-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6E9C-20CF-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6DEA-20CF-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6C86-20CF-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8EA20CC-90FD-11EC-BBF8-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6D38-20CF-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AE00-20CE-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AEB2-20CE-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A29CBCF-1E4C-11EC-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C322CCDE-1E4B-11EC-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C322CCDF-1E4B-11EC-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A932014D-20D0-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1396F520-1E4C-11EC-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4847-20D0-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D9C9025-1E4C-11EC-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F48F9-20D0-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4795-20D0-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39B01606-D832-11EC-BBFA-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68B19642-560F-11EC-BBF6-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE46B258-1E4B-11EC-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AD8-4251-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11CEE79C-F151-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB6C-E3C7-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18613421-4253-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0EF-4254-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC8D-1E4C-11EC-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA28FE-20D1-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16027559-20D1-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA29B0-20D1-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F7C-1E4C-11EC-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F78-1E4C-11EC-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA2A62-20D1-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F7A-1E4C-11EC-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC8E-1E4C-11EC-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC8F-1E4C-11EC-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC90-1E4C-11EC-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC91-1E4C-11EC-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AA1C-20CE-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55F527E7-560F-11EC-BBF6-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ABD81E4-7E52-11EE-BC0F-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E0613B2-7E52-11EE-BC0F-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4EDBA-7E52-11EE-BC0F-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB27622-E3D2-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46E8FA64-21BF-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3438-560F-11EC-BBF6-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE343C-560F-11EC-BBF6-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CBB071D-F163-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCCD-4254-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A691E-4254-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A691F-4254-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E567053-21C0-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A055E7F-16CE-11EF-BC3F-0050569297EB94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EEC9A7-21C1-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF014E3-21C1-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EECA59-21C1-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E56746D-21C0-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A7D4B20-21C0-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A7D4C84-21C0-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469E1DA-21C0-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E8B2-424B-11E8-A155-00259035BB67102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95FCE662-E3D4-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCDB-424B-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCDC-424B-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD7DF-21C0-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2440-424C-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E5673BB-21C0-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2442-424C-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD5ED-21C0-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17E0E7EF-21C1-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD489-21C0-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E567257-21C0-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E566FA1-21C0-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD53B-21C0-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A7D4BD2-21C0-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A32660A-4251-11E8-A155-00259035BB67117.gif"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4C734B-E3D4-11EB-BBF2-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95FCE665-E3D4-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A32660D-4251-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9B3-4252-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8841923-4253-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469DCFC-21C0-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE7F9F9A-4253-11E8-A155-00259035BB67124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75791C43-560F-11EC-BBF6-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469E28C-21C0-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469DDAE-21C0-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469E128-21C0-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469E076-21C0-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469DF12-21C0-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469DFC4-21C0-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469DE60-21C0-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD325-21C0-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E5671A5-21C0-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD3D7-21C0-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E567309-21C0-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084FD68D-21C0-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024607C4-21C0-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E5670F3-21C0-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0BD56-7E52-11EE-BC0F-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4F42A-7E52-11EE-BC0F-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0BEBA-7E52-11EE-BC0F-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4F57C-7E52-11EE-BC0F-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0BCB6-7E52-11EE-BC0F-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4F38A-7E52-11EE-BC0F-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0BDF6-7E52-11EE-BC0F-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EC4F4CA-7E52-11EE-BC0F-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0376926E-4769-11EA-BBCE-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F383797-560F-11EC-BBF6-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F383796-560F-11EC-BBF6-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F383794-560F-11EC-BBF6-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/292ED4B7-21C4-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0BF5A-7E52-11EE-BC0F-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0C0AF-7E52-11EE-BC0F-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BADA0D2-4769-11EA-BBCE-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D3FDC9D-AFD1-11EE-BC40-00505692492F156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD06D62E-1E4B-11EC-BBF2-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F383799-560F-11EC-BBF6-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D3FDD61-AFD1-11EE-BC40-00505692492F159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08CC757D-7E52-11EE-BC0F-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A0737B0-21C7-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073850-21C7-11EE-BC0D-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073902-21C7-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A6B-424B-11E8-A155-00259035BB67164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C929-424D-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C92A-424D-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073710-21C7-11EE-BC0D-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E59-424D-11E8-A155-00259035BB67168.gif"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E5A-424D-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44C3-424E-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073A42-21C7-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073AE2-21C7-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A0739A2-21C7-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B924-4254-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C856FE2-21C9-11EE-BC0D-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ABD84F9-7E52-11EE-BC0F-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ABD8338-7E52-11EE-BC0F-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ABD8411-7E52-11EE-BC0F-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E02-424B-11E8-A155-00259035BB67179.gif"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A99A2C0-424C-11E8-A155-00259035BB67180.gif"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA966E-424D-11E8-A155-00259035BB67181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E04-424B-11E8-A155-00259035BB67182.gif"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56D1-424E-11E8-A155-00259035BB67183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E05-424B-11E8-A155-00259035BB67184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA966C-424D-11E8-A155-00259035BB67185.gif"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B16BA-2224-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B17DA-2224-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B1423-2224-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B1566-2224-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A7A2-4252-11E8-A155-00259035BB67190.gif"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B1A05-2224-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481B190A-2224-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9EDF-424D-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C68-4254-11E8-A155-00259035BB67194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD8-424B-11E8-A155-00259035BB67195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EFC-424C-11E8-A155-00259035BB67196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E181C94-2224-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE900E-424D-11E8-A155-00259035BB67198.gif"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A7A3-4252-11E8-A155-00259035BB67199.gif"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/227194E9-1CA2-11EE-BC0C-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914E3-424B-11E8-A155-00259035BB67201.gif"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606BC47-FE3F-11ED-BC09-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606BCE7-FE3F-11ED-BC09-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD33CB77-25A1-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267AABE4-27BC-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE343A-560F-11EC-BBF6-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D8729DF-222F-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3439-560F-11EC-BBF6-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6518E8B5-E9AC-11ED-BC09-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6518E729-E9AC-11ED-BC09-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14C0C2A5-7E52-11EE-BC0F-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD33CA45-25A1-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675F9571-4BF6-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675F93F9-4BF6-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C7BB4DC-690A-11EE-BC0F-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA80B1CB-727F-11EE-BC0F-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF4574D8-222F-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF457414-222F-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF457374-222F-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF457182-222F-11EE-BC0D-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF4570E2-222F-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF457021-222F-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B9498641-222F-11EE-BC0D-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF457234-222F-11EE-BC0D-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF4572D4-222F-11EE-BC0D-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE8705B8-A111-11EE-BC36-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8857A56-A111-11EE-BC36-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8857B62-A111-11EE-BC36-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF09B-424B-11E8-A155-00259035BB67229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83B85E26-4411-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF09D-424B-11E8-A155-00259035BB67231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E144E2-2231-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9427-424F-11E8-A155-00259035BB67233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE0035B-2231-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE00285-2231-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942A-424F-11E8-A155-00259035BB67236.gif"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942B-424F-11E8-A155-00259035BB67237.gif"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942E-424F-11E8-A155-00259035BB67238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE0018B-2231-11EE-BC0D-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE000EB-2231-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EDFFEE7-2231-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACCF1994-F132-11EF-BC4E-00505692C447242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6B8FCA9-F132-11EF-BC4E-00505692C447243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6B90027-F132-11EF-BC4E-00505692C447244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D025E8-F132-11EF-BC4E-00505692C447245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6B9017B-F132-11EF-BC4E-00505692C447246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCDBF040-2935-11F0-BC54-00505692E2D0247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D02794-F132-11EF-BC4E-00505692C447248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8CEAC914-4ABE-11F0-BC59-00505692E049249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACCF18BE-F132-11EF-BC4E-00505692C447250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2D026BE-F132-11EF-BC4E-00505692C447251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43AC938B-8C11-11EF-BC4E-00505692C447252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ACE358-8C11-11EF-BC4E-00505692C447253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333A1D62-8C11-11EF-BC4E-00505692C447254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ACE282-8C11-11EF-BC4E-00505692C447255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43AC927F-8C11-11EF-BC4E-00505692C447256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DB463D6-8C11-11EF-BC4E-00505692C447257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5266DE90-9154-11F0-BC58-00505692E2D0258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C6DA40E-9390-11EF-BC4E-00505692C447259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E4A718F-9390-11EF-BC4E-00505692C447260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CA9403C-9390-11EF-BC4E-00505692C447261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DAA90-EAEE-11EF-BC4E-00505692C447262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A6B8FF51-F132-11EF-BC4E-00505692C447263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99BA6D4A-E345-11EF-BC53-00505692E2D0264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99BA6026-E345-11EF-BC53-00505692E2D0265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B876BF71-3631-11F0-BC55-00505692E2D0266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6386E59-04DF-11F0-BC53-00505692E2D0267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D581980-528A-11F0-BC52-00505692C447268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496F166F-7EDB-11F0-BC56-00505692C447269.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -10819,86 +10768,86 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="243" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>247</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="244" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="245" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>249</xdr:row>
@@ -10939,783 +10888,693 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="247" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>252</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="248" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <xdr:cNvPr id="249" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>253</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="249" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <xdr:cNvPr id="250" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>254</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="250" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <xdr:cNvPr id="251" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>255</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="251" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <xdr:cNvPr id="252" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>256</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="252" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <xdr:cNvPr id="253" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>257</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="253" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <xdr:cNvPr id="254" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>258</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="254" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <xdr:cNvPr id="255" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>259</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="255" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
+        <xdr:cNvPr id="256" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>260</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="256" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
+        <xdr:cNvPr id="257" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>261</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="257" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
+        <xdr:cNvPr id="258" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>262</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="258" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
+        <xdr:cNvPr id="259" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>263</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="259" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
+        <xdr:cNvPr id="260" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>264</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="260" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
+        <xdr:cNvPr id="261" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>265</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="261" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
+        <xdr:cNvPr id="262" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="262" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
+        <xdr:cNvPr id="263" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>267</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="263" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
+        <xdr:cNvPr id="264" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>268</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="264" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
+        <xdr:cNvPr id="265" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>269</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="265" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
+        <xdr:cNvPr id="266" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>270</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="266" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
+        <xdr:cNvPr id="267" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>271</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="267" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
+        <xdr:cNvPr id="268" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>272</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="268" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="269" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -11974,62 +11833,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dekoratorov-d-kapuchino-leopold-vienna-02030114/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekorator-dlya-kapuchino-ilsa-02030118/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekorator-dlya-kapuchino-ilsa-02030120/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekorator-dlya-kapuchino-ilsa-02030121/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekorator-dlya-kapuchino-ilsa-02030124/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-purovera-hario-02030654/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-bumazhnye-kruglye-hario-02030677/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030710/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030711/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030712/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030713/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030714/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030715/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02030845/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02030846/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-holdera-dlya-kofemashiny-sanremo-02030852/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitel-rozhka-dlya-kofemashiny-sanremo-02030853/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-slepoy-dlya-kofemashiny-sanremo-02030854/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/drip-stanciya-doppio-02100318/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-filtrov-dlya-kofe-doppio-02121134/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-holdera-doppio-02121135/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121503/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121504/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121513/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121517/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121519/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-prohotel-02121522/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-temp-02121523/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-temp-02121524/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-prohotel-02121525/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-tempera-tianno-02121526/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121530/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121531/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-prohotel-02121532/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-ilsa-02121533/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-tempera-ilsa-02121534/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-ilsa-02121535/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-ilsa-02121536/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-ilsa-02121537/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-ilsa-02121538/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-ilsa-02121539/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121540/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/push-temper-dlya-kofe-doppio-02121542/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-tempera-doppio-02121543/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/push-temper-dlya-kofe-doppio-02121545/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razravnivatel-dlya-kofe-doppio-02121546/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razravnivatel-dlya-kofe-doppio-02121547/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/push-temper-dlya-kofe-doppio-02121548/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razravnivatel-dlya-kofe-doppio-02121549/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121550/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121551/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121552/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121553/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121555/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-tempera-doppio-02121556/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-tempera-doppio-02121557/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-doppio-02121558/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-doppio-02121559/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-doppio-02121560/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-doppio-02121561/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02121601/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02121602/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02121603/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-stoelzle-02122627/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dlya-purovera-hario-02122633/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dlya-purovera-hario-02122634/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-d-purover-hario-02122636/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-hario-02122640/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122642/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122643/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122647/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122648/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122649/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02122650/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122651/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122652/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122653/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122654/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122656/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122657/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustanovka-dlya-kold-bryu-doppio-02124101/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustanovka-dlya-kold-bryu-doppio-02124102/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02124208/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aeropress-doppio-02124209/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02124248/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-d-proliva-hario-03150150/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-doppio-03151104/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-03151308/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-03151309/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-dlya-gabet-sifona-hario-03160163/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gabet-sifon-chay-kofe-hario-03160475/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03160476/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03160477/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03160478/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-dekanter-hario-03160706/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kemeks-doppio-03160716/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-03160720/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kemeks-doppio-03160723/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170622/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03170625/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03170668/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03170669/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-eternum-03170712/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-eternum-03170713/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-eternum-03170714/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-eternum-03170715/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170764/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170765/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170766/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170767/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170768/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-peugeot-03172017/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172401/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172402/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172403/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172404/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03172416/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172417/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172418/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172419/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172420/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-aps-03172425/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03172467/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172468/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172469/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-03173105/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03175405/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175425/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175427/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175428/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175429/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175430/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175431/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175443/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175444/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175445/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175450/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175451/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175452/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175453/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177079/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177080/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177081/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177082/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177083/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177084/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177085/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177086/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-ilsa-04011540/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04014816/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04014817/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04014818/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04014819/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04019030/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-kappinga-doppio-04041114/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-ilsa-04120254/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04120259/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etcher-doppio-04121401/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-etcherov-doppio-04121402/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04121702/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04121703/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140309/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140310/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140311/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140314/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140330/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140331/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140332/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-ilsa-04140333/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-ilsa-04140335/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140336/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140337/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140338/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140339/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140351/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-dlya-kofe-doppio-04143210/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-dlya-kofe-doppio-04143987/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-dlya-kofe-doppio-04143988/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-dlya-kofe-doppio-04143989/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-v-assortimente-ims-06010101/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-06010103/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-papstar-06010108/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06010205/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-papstar-06010804/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06010902/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-d-kokt-papstar-06010903/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-prohotel-06010905/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011204/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011501/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011602/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011604/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011802/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011901/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011902/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-dlya-kofe-i-chaya-ilmi-06011908/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06012001/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-papstar-06012301/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-prohotel-06012302/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06012701/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-06012803/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06012901/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-dlya-kofe-i-chaya-ilmi-06013006/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pesok-kvarcevyy-1kg-evis-07010306/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022114/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-proxima-07022117/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-saeco-07022118/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030702/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030703/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030704/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030705/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030706/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030714/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030715/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030716/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030717/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030718/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030721/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013815/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013816/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013817/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013818/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013819/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013820/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013821/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-ochistki-molochnyh-sistem-kofemashin-cafedem-08013822/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-ochistki-zhernovov-kofemolok-cafedem-08013823/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-stakanov-doppio-09050580/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/manzheta-dlya-stakanov-doppio-09050581/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/manzheta-dlya-stakanov-doppio-09050582/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140306/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140307/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140308/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020134/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020136/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020137/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostat-d-ak-8-1-2-3-50-300s-johny-07020138/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-d-ak-8-1-2-3-johny-07020139/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrevelement-d-ak-8-1-2-3-johny-07020140/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrevatelnaya-ploschadka-ak-84-9-johny-07020142/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020155/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020156/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-d-artak-8-2-so-vstroenkolcami-johny-07020176/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shestigrannyy-vint-d-artak-8-2-johny-07020178/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-hold-03160737/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177218/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030850/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02124249/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177219/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03177248/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02124250/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03177247/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177220/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030851/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177217/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177221/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030726/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022128/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030725/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-kef-03160738/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-necta-07022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-gaggia-milano-07022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04014820/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121564/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-dlya-kofe-04144458/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-07022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-03173910/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zhernova-eureka-02030858/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-kitfort-07030727/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-loveramics-03090756/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-probar-premium-03170875/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-probar-premium-03170876/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dekoratorov-d-kapuchino-leopold-vienna-02030114/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekorator-dlya-kapuchino-ilsa-02030118/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekorator-dlya-kapuchino-ilsa-02030120/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekorator-dlya-kapuchino-ilsa-02030121/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekorator-dlya-kapuchino-ilsa-02030124/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-purovera-hario-02030654/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-bumazhnye-kruglye-hario-02030677/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030710/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030711/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030712/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030713/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030714/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030715/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02030845/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02030846/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-holdera-dlya-kofemashiny-sanremo-02030852/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitel-rozhka-dlya-kofemashiny-sanremo-02030853/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-slepoy-dlya-kofemashiny-sanremo-02030854/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/drip-stanciya-doppio-02100318/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-filtrov-dlya-kofe-doppio-02121134/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-holdera-doppio-02121135/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121503/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121504/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121513/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121517/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121519/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-prohotel-02121522/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-temp-02121523/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-temp-02121524/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-prohotel-02121525/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-tempera-tianno-02121526/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121530/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-temp-02121531/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-prohotel-02121532/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-ilsa-02121533/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-tempera-ilsa-02121534/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-ilsa-02121535/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-ilsa-02121536/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-ilsa-02121537/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-ilsa-02121538/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-ilsa-02121539/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121540/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/push-temper-dlya-kofe-doppio-02121542/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-tempera-doppio-02121543/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/push-temper-dlya-kofe-doppio-02121545/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razravnivatel-dlya-kofe-doppio-02121546/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razravnivatel-dlya-kofe-doppio-02121547/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/push-temper-dlya-kofe-doppio-02121548/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razravnivatel-dlya-kofe-doppio-02121549/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121550/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121551/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121552/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121553/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121555/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-tempera-doppio-02121556/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-dlya-tempera-doppio-02121557/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-doppio-02121558/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-doppio-02121559/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-doppio-02121560/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tempera-doppio-02121561/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02121601/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02121602/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02121603/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-stoelzle-02122627/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dlya-purovera-hario-02122633/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dlya-purovera-hario-02122634/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-d-purover-hario-02122636/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-hario-02122640/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122642/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122643/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122647/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122648/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122649/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02122650/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122651/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122652/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122653/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122654/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122656/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122657/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustanovka-dlya-kold-bryu-doppio-02124101/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustanovka-dlya-kold-bryu-doppio-02124102/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02124208/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aeropress-doppio-02124209/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02124248/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-d-proliva-hario-03150150/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-doppio-03151104/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-03151308/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-03151309/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-dlya-gabet-sifona-hario-03160163/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gabet-sifon-chay-kofe-hario-03160475/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03160476/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03160477/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03160478/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-dekanter-hario-03160706/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kemeks-doppio-03160716/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-03160720/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kemeks-doppio-03160723/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170622/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03170625/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03170668/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03170669/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-eternum-03170712/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-eternum-03170713/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-eternum-03170714/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-eternum-03170715/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170764/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170765/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170766/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170767/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03170768/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-peugeot-03172017/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172401/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172402/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172403/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172404/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03172416/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172417/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172418/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172419/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172420/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-aps-03172425/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03172467/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172468/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03172469/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-03173105/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-prohotel-03175405/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175425/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175427/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175428/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175429/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175430/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03175431/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175443/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175444/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175445/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175450/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175451/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175452/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03175453/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177079/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177080/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177081/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177082/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177083/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177084/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177085/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177086/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-ilsa-04011540/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04014816/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04014817/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04014818/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04014819/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04019030/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lozhka-dlya-kappinga-doppio-04041114/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-ilsa-04120254/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04120259/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etcher-doppio-04121401/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-etcherov-doppio-04121402/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04121702/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04121703/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140309/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140310/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140311/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140314/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140330/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140331/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140332/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-ilsa-04140333/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-ilsa-04140335/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140336/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140337/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140338/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140339/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140351/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-dlya-kofe-doppio-04143210/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-dlya-kofe-doppio-04143987/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-dlya-kofe-doppio-04143988/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-dlya-kofe-doppio-04143989/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-v-assortimente-ims-06010101/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-06010103/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-papstar-06010108/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06010205/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-papstar-06010804/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06010902/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-d-kokt-papstar-06010903/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-prohotel-06010905/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011204/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011501/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011602/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011604/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011802/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011901/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06011902/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-dlya-kofe-i-chaya-ilmi-06011908/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06012001/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-papstar-06012301/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-prohotel-06012302/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06012701/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-06012803/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-ims-06012901/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalka-dlya-kofe-i-chaya-ilmi-06013006/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pesok-kvarcevyy-1kg-evis-07010306/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022114/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-proxima-07022117/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-saeco-07022118/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030702/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030703/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030704/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030705/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030706/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030714/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030715/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030716/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030717/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030718/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030721/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013815/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013816/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013817/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013818/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013819/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013820/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013821/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-ochistki-molochnyh-sistem-kofemashin-cafedem-08013822/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-ochistki-zhernovov-kofemolok-cafedem-08013823/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-stakanov-doppio-09050580/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/manzheta-dlya-stakanov-doppio-09050581/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/manzheta-dlya-stakanov-doppio-09050582/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140306/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140307/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140308/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020134/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020136/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020137/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostat-d-ak-8-1-2-3-50-300s-johny-07020138/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-d-ak-8-1-2-3-johny-07020139/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrevatelnaya-ploschadka-ak-84-9-johny-07020142/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020155/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020156/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-d-artak-8-2-so-vstroenkolcami-johny-07020176/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177218/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030850/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02124249/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177219/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03177248/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02124250/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-ilsa-03177247/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177220/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtry-dlya-kofe-doppio-02030851/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177217/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-doppio-03177221/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030726/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022128/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030725/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-kef-03160738/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-necta-07022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-gaggia-milano-07022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nok-boks-doppio-04014820/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/temper-dlya-kofe-doppio-02121564/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vesy-dlya-kofe-04144458/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-07022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-03173910/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zhernova-eureka-02030858/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-loveramics-03090756/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-probar-premium-03170875/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pitcher-probar-premium-03170876/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L279"/>
+  <dimension ref="A1:L275"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I279" sqref="I279"/>
+      <selection activeCell="I275" sqref="I275"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -12164,83 +12023,83 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="L6" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>47</v>
@@ -12325,175 +12184,175 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D15" s="0"/>
       <c r="E15" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G15" s="0" t="s">
@@ -12581,3060 +12440,3060 @@
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D18" s="0">
         <v>1486044</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>96</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>100</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>49</v>
+        <v>101</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>96</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D23" s="0">
         <v>2121503</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D24" s="0">
         <v>2121504</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D25" s="0">
         <v>2121513</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D26" s="0">
         <v>2121517</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D27" s="0">
         <v>2121519</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>136</v>
+        <v>83</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="E28" s="0" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L28" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D29" s="0">
         <v>2121523</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>146</v>
+        <v>124</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D30" s="0">
         <v>2121524</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D33" s="0">
         <v>2121530</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>49</v>
+        <v>159</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D34" s="0">
         <v>2121531</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>164</v>
+        <v>83</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L35" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>136</v>
+        <v>170</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>133</v>
+        <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>49</v>
+        <v>101</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>215</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>231</v>
+        <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>149</v>
+        <v>243</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>49</v>
+        <v>248</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="L56" s="0">
         <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L57" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>277</v>
+        <v>101</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>286</v>
+        <v>124</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D65" s="0">
         <v>4070021</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="0"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>49</v>
+        <v>101</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>19</v>
+        <v>323</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>340</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>49</v>
+        <v>340</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>342</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H78" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>149</v>
+        <v>56</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>49</v>
+        <v>101</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>351</v>
       </c>
-      <c r="C80" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" s="0" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>354</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H81" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>357</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H82" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>362</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>83</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>366</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>374</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>378</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="D87" s="0" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F87" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="G87" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="H87" s="0" t="s">
         <v>381</v>
       </c>
-      <c r="G87" s="0" t="s">
-[...2 lines deleted...]
-      <c r="H87" s="0" t="s">
+      <c r="I87" s="1" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>286</v>
+        <v>124</v>
       </c>
       <c r="L87" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>384</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="D88" s="0" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>388</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>392</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="C91" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="C91" s="0" t="s">
+      <c r="D91" s="0" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>400</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="D92" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C93" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="D93" s="0" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H93" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="I93" s="1" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>410</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="D94" s="0" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="C95" s="0" t="s">
         <v>414</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="D95" s="0" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>422</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>431</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="D99" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>435</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>439</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>440</v>
       </c>
-      <c r="D101" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="L101" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>443</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>444</v>
       </c>
-      <c r="D102" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>447</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>448</v>
       </c>
-      <c r="D103" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E103" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="C104" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="C104" s="0" t="s">
+      <c r="D104" s="0" t="s">
         <v>452</v>
       </c>
-      <c r="D104" s="0" t="s">
+      <c r="E104" s="0" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="H104" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="I104" s="1" t="s">
         <v>455</v>
-      </c>
-[...4 lines deleted...]
-        <v>456</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>49</v>
+        <v>101</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>458</v>
       </c>
-      <c r="D105" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E105" s="0" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>461</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>462</v>
       </c>
-      <c r="D106" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E106" s="0" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>465</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>466</v>
       </c>
-      <c r="D107" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107" s="0" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>26</v>
+        <v>468</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
         <v>469</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>470</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>471</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>472</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>231</v>
+        <v>191</v>
       </c>
       <c r="L108" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
         <v>473</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>474</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>475</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>476</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>477</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L109" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
         <v>478</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>479</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>480</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>481</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>193</v>
+        <v>83</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
         <v>482</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>483</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>484</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>485</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
         <v>486</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>487</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>488</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>489</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
         <v>490</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>491</v>
       </c>
       <c r="D113" s="0">
         <v>19401765</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>492</v>
@@ -15656,5355 +15515,5232 @@
         <v>19</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
         <v>497</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>498</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>499</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>500</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>164</v>
+        <v>501</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>49</v>
+        <v>506</v>
       </c>
       <c r="L115" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>49</v>
+        <v>101</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>49</v>
+        <v>101</v>
       </c>
       <c r="L117" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>49</v>
+        <v>235</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>146</v>
+        <v>501</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D123" s="0">
         <v>10328</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L123" s="0"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L125" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>286</v>
+        <v>124</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>495</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>193</v>
+        <v>83</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>231</v>
+        <v>468</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>123</v>
+        <v>571</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>146</v>
+        <v>579</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>26</v>
+        <v>583</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>286</v>
+        <v>19</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>127</v>
+        <v>647</v>
       </c>
       <c r="L150" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>286</v>
+        <v>124</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L155" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L156" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L157" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L161" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L162" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>254</v>
+        <v>170</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>700</v>
+        <v>571</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>705</v>
+        <v>191</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>231</v>
+        <v>468</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>26</v>
+        <v>647</v>
       </c>
       <c r="L167" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>193</v>
+        <v>124</v>
       </c>
       <c r="L168" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>164</v>
+        <v>191</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L170" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>37</v>
+        <v>734</v>
       </c>
       <c r="L171" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="D172" s="0">
         <v>655</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L172" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="D173" s="0">
         <v>665</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>231</v>
+        <v>83</v>
       </c>
       <c r="L173" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="D174" s="0">
         <v>654</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>231</v>
+        <v>124</v>
       </c>
       <c r="L174" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="D175" s="0">
         <v>695</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>572</v>
+        <v>734</v>
       </c>
       <c r="L175" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="D176" s="0">
         <v>500</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="L176" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L177" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L178" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>83</v>
+        <v>124</v>
       </c>
       <c r="L179" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L180" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D181" s="0">
         <v>302019</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L181" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="D182" s="0">
         <v>11302</v>
       </c>
       <c r="E182" s="0"/>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L182" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="D183" s="0">
         <v>16659</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="L183" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="D184" s="0">
         <v>301098</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L184" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="E185" s="0" t="s">
         <v>775</v>
-      </c>
-[...7 lines deleted...]
-        <v>770</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L185" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="D186" s="0">
         <v>301111</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>705</v>
+        <v>468</v>
       </c>
       <c r="L186" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="D187" s="0">
         <v>12729</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L187" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="D188" s="0">
         <v>6010905</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="G188" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>788</v>
+        <v>101</v>
       </c>
       <c r="L188" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="D189" s="0">
         <v>301197</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L189" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="D190" s="0">
         <v>301920</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>136</v>
+        <v>170</v>
       </c>
       <c r="L190" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="D191" s="0">
         <v>301135</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="L191" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="D192" s="0">
         <v>302316</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L192" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="D193" s="0">
         <v>302026</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L193" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="D194" s="0">
         <v>301913</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L194" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="D195" s="0">
         <v>301937</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L195" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="D196" s="0">
         <v>6011908</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L196" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="D197" s="0">
         <v>301159</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L197" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="D198" s="0">
         <v>12652</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L198" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="D199" s="0">
         <v>6012302</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="L199" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="D200" s="0">
         <v>10000095</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L200" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="B201" s="0" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="E201" s="0"/>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L201" s="0"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="D202" s="0">
         <v>302309</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L202" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="D203" s="0"/>
       <c r="E203" s="0" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="L203" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="L204" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="E205" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>705</v>
+        <v>83</v>
       </c>
       <c r="L205" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>286</v>
+        <v>19</v>
       </c>
       <c r="L206" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="F207" s="0"/>
       <c r="G207" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L207" s="0"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="F208" s="0"/>
       <c r="G208" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L208" s="0"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F209" s="0"/>
       <c r="G209" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L209" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F210" s="0"/>
       <c r="G210" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L210" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="D212" s="0">
         <v>163812</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="0"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="D213" s="0">
         <v>163817</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>286</v>
+        <v>124</v>
       </c>
       <c r="L213" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F214" s="0"/>
       <c r="G214" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>495</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L214" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="F215" s="0"/>
       <c r="G215" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>286</v>
+        <v>124</v>
       </c>
       <c r="L215" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="F216" s="0"/>
       <c r="G216" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>705</v>
+        <v>83</v>
       </c>
       <c r="L216" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="F217" s="0"/>
       <c r="G217" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>193</v>
+        <v>19</v>
       </c>
       <c r="L217" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="F218" s="0"/>
       <c r="G218" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L218" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="F219" s="0"/>
       <c r="G219" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L219" s="0"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="F220" s="0" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="G220" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L220" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="C221" s="0" t="s">
+        <v>912</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="E221" s="0" t="s">
         <v>908</v>
       </c>
-      <c r="D221" s="0" t="s">
+      <c r="F221" s="0" t="s">
         <v>909</v>
-      </c>
-[...4 lines deleted...]
-        <v>905</v>
       </c>
       <c r="G221" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
-        <v>83</v>
+        <v>124</v>
       </c>
       <c r="L221" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="G222" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>146</v>
+        <v>575</v>
       </c>
       <c r="L222" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="G223" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L223" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="D224" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="E224" s="0" t="s">
+        <v>908</v>
+      </c>
+      <c r="F224" s="0" t="s">
         <v>922</v>
-      </c>
-[...4 lines deleted...]
-        <v>918</v>
       </c>
       <c r="G224" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="L224" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="F225" s="0" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="G225" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>149</v>
+        <v>196</v>
       </c>
       <c r="L225" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="F226" s="0" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="G226" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>919</v>
+        <v>934</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>541</v>
+        <v>146</v>
       </c>
       <c r="L226" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="F227" s="0" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="G227" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>49</v>
+        <v>101</v>
       </c>
       <c r="L227" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="F228" s="0" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="G228" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>938</v>
+        <v>647</v>
       </c>
       <c r="L228" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F229" s="0"/>
       <c r="G229" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>938</v>
+        <v>543</v>
       </c>
       <c r="L229" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="D230" s="0">
         <v>600001</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="L230" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="D231" s="0">
         <v>600004</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>238</v>
+        <v>170</v>
       </c>
       <c r="L231" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F232" s="0" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="G232" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>953</v>
+        <v>942</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>49</v>
+        <v>957</v>
       </c>
       <c r="L232" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F233" s="0" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="G233" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>353</v>
+        <v>124</v>
       </c>
       <c r="L233" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="F234" s="0"/>
       <c r="G234" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>37</v>
+        <v>647</v>
       </c>
       <c r="L234" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="F235" s="0"/>
       <c r="G235" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L235" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="C236" s="0" t="s">
+        <v>972</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="E236" s="0" t="s">
         <v>968</v>
-      </c>
-[...4 lines deleted...]
-        <v>964</v>
       </c>
       <c r="F236" s="0"/>
       <c r="G236" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L236" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="F237" s="0"/>
       <c r="G237" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="H237" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L237" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="F238" s="0"/>
       <c r="G238" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="H238" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L238" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="F239" s="0"/>
       <c r="G239" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H239" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>83</v>
+        <v>124</v>
       </c>
       <c r="L239" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="F240" s="0"/>
       <c r="G240" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
         <v>83</v>
       </c>
       <c r="L240" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="F241" s="0"/>
       <c r="G241" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="H241" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>83</v>
+        <v>468</v>
       </c>
       <c r="L241" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="F242" s="0"/>
       <c r="G242" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>705</v>
+        <v>19</v>
       </c>
       <c r="L242" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
         <v>995</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="F243" s="0"/>
       <c r="G243" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="H243" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L243" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>19</v>
+        <v>124</v>
       </c>
       <c r="L244" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>964</v>
+        <v>60</v>
       </c>
       <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
-        <v>965</v>
+        <v>30</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>360</v>
+        <v>407</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>286</v>
+        <v>56</v>
       </c>
       <c r="L245" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>964</v>
+        <v>60</v>
       </c>
       <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>360</v>
+        <v>47</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>286</v>
+        <v>66</v>
       </c>
       <c r="L246" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
+      <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="E247" s="0" t="s">
-        <v>1013</v>
+        <v>60</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
-        <v>1014</v>
+        <v>30</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>843</v>
+        <v>122</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L247" s="0"/>
+        <v>41</v>
+      </c>
+      <c r="L247" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="E248" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F248" s="0"/>
       <c r="G248" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L248" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
-      <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="F249" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="F249" s="0" t="s">
+        <v>1025</v>
+      </c>
       <c r="G249" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>47</v>
+        <v>407</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="L249" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="E250" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F250" s="0"/>
       <c r="G250" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1027</v>
+        <v>1017</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>1028</v>
+        <v>647</v>
       </c>
       <c r="L250" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="F251" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="F251" s="0" t="s">
+        <v>1025</v>
+      </c>
       <c r="G251" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
-        <v>56</v>
+        <v>340</v>
       </c>
       <c r="L251" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
+      <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="F252" s="0"/>
       <c r="G252" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H252" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I252" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="L252" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
         <v>1038</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>1039</v>
       </c>
       <c r="D253" s="0" t="s">
         <v>1040</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F253" s="0"/>
       <c r="G253" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>121</v>
+        <v>47</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1027</v>
+        <v>1041</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>1041</v>
+        <v>56</v>
       </c>
       <c r="L253" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
         <v>1042</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>1043</v>
       </c>
       <c r="D254" s="0" t="s">
         <v>1044</v>
       </c>
       <c r="E254" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="F254" s="0"/>
       <c r="G254" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H254" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1045</v>
+        <v>1021</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="L254" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C255" s="0" t="s">
         <v>1046</v>
       </c>
-      <c r="C255" s="0" t="s">
+      <c r="D255" s="0" t="s">
         <v>1047</v>
-      </c>
-[...1 lines deleted...]
-        <v>1048</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F255" s="0"/>
       <c r="G255" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H255" s="0" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1049</v>
+        <v>1048</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="L255" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C256" s="0" t="s">
         <v>1050</v>
       </c>
-      <c r="C256" s="0" t="s">
+      <c r="D256" s="0" t="s">
         <v>1051</v>
       </c>
-      <c r="D256" s="0" t="s">
+      <c r="E256" s="0" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F256" s="0"/>
       <c r="G256" s="0" t="s">
-        <v>30</v>
+        <v>1053</v>
       </c>
       <c r="H256" s="0" t="s">
-        <v>47</v>
+        <v>847</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="L256" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>60</v>
+        <v>1052</v>
       </c>
       <c r="F257" s="0"/>
       <c r="G257" s="0" t="s">
-        <v>30</v>
+        <v>1053</v>
       </c>
       <c r="H257" s="0" t="s">
-        <v>408</v>
+        <v>847</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1032</v>
+        <v>1058</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="L257" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="E258" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F258" s="0"/>
       <c r="G258" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H258" s="0" t="s">
-        <v>408</v>
+        <v>876</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="L258" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>1064</v>
+        <v>1052</v>
       </c>
       <c r="F259" s="0"/>
       <c r="G259" s="0" t="s">
-        <v>1065</v>
+        <v>1053</v>
       </c>
       <c r="H259" s="0" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L259" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C260" s="0" t="s">
         <v>1067</v>
       </c>
-      <c r="C260" s="0" t="s">
+      <c r="D260" s="0" t="s">
         <v>1068</v>
       </c>
-      <c r="D260" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E260" s="0" t="s">
-        <v>1064</v>
+        <v>1052</v>
       </c>
       <c r="F260" s="0"/>
       <c r="G260" s="0" t="s">
-        <v>1065</v>
+        <v>1053</v>
       </c>
       <c r="H260" s="0" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1070</v>
+        <v>1054</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L260" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C261" s="0" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D261" s="0" t="s">
         <v>1071</v>
-      </c>
-[...4 lines deleted...]
-        <v>1073</v>
       </c>
       <c r="E261" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F261" s="0"/>
       <c r="G261" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H261" s="0" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1074</v>
+        <v>1062</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>286</v>
+        <v>124</v>
       </c>
       <c r="L261" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C262" s="0" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D262" s="0" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E262" s="0" t="s">
         <v>1075</v>
-      </c>
-[...7 lines deleted...]
-        <v>1064</v>
       </c>
       <c r="F262" s="0"/>
       <c r="G262" s="0" t="s">
-        <v>1065</v>
+        <v>1076</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L262" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
         <v>1078</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>1079</v>
       </c>
       <c r="D263" s="0" t="s">
         <v>1080</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>1064</v>
+        <v>95</v>
       </c>
       <c r="F263" s="0"/>
       <c r="G263" s="0" t="s">
-        <v>1065</v>
+        <v>24</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1066</v>
+        <v>1081</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L263" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L263" s="0"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>60</v>
+        <v>1085</v>
       </c>
       <c r="F264" s="0"/>
       <c r="G264" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H264" s="0" t="s">
-        <v>872</v>
+        <v>847</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>286</v>
+        <v>124</v>
       </c>
       <c r="L264" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="F265" s="0"/>
       <c r="G265" s="0" t="s">
-        <v>1088</v>
+        <v>24</v>
       </c>
       <c r="H265" s="0" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L265" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="F266" s="0"/>
       <c r="G266" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H266" s="0" t="s">
-        <v>843</v>
+        <v>150</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1093</v>
+        <v>651</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L266" s="0"/>
+        <v>56</v>
+      </c>
+      <c r="L266" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1094</v>
+        <v>244</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>1095</v>
       </c>
       <c r="D267" s="0" t="s">
         <v>1096</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>1097</v>
+        <v>60</v>
       </c>
       <c r="F267" s="0"/>
       <c r="G267" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H267" s="0" t="s">
-        <v>843</v>
+        <v>122</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>286</v>
+        <v>19</v>
       </c>
       <c r="L267" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C268" s="0" t="s">
         <v>1099</v>
       </c>
-      <c r="C268" s="0" t="s">
+      <c r="D268" s="0" t="s">
         <v>1100</v>
       </c>
-      <c r="D268" s="0" t="s">
+      <c r="E268" s="0" t="s">
         <v>1101</v>
-      </c>
-[...1 lines deleted...]
-        <v>1102</v>
       </c>
       <c r="F268" s="0"/>
       <c r="G268" s="0" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="H268" s="0" t="s">
-        <v>843</v>
+        <v>752</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1103</v>
+        <v>1102</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>19</v>
+        <v>468</v>
       </c>
       <c r="L268" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C269" s="0" t="s">
         <v>1104</v>
       </c>
-      <c r="C269" s="0" t="s">
+      <c r="D269" s="0" t="s">
         <v>1105</v>
       </c>
-      <c r="D269" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E269" s="0"/>
       <c r="F269" s="0"/>
       <c r="G269" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H269" s="0" t="s">
-        <v>153</v>
+        <v>847</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>645</v>
+        <v>1106</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L269" s="0"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>246</v>
+        <v>1107</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="E270" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F270" s="0"/>
       <c r="G270" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H270" s="0" t="s">
-        <v>121</v>
+        <v>495</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1109</v>
+        <v>556</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
-        <v>198</v>
+        <v>41</v>
       </c>
       <c r="L270" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
         <v>1110</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>1111</v>
       </c>
       <c r="D271" s="0" t="s">
         <v>1112</v>
       </c>
       <c r="E271" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="F271" s="0" t="s">
         <v>1113</v>
       </c>
-      <c r="F271" s="0"/>
       <c r="G271" s="0" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="H271" s="0" t="s">
-        <v>747</v>
+        <v>96</v>
       </c>
       <c r="I271" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
-        <v>705</v>
+        <v>19</v>
       </c>
       <c r="L271" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="C272" s="0" t="s">
         <v>1115</v>
       </c>
-      <c r="C272" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E272" s="0"/>
+      <c r="D272" s="0"/>
+      <c r="E272" s="0" t="s">
+        <v>95</v>
+      </c>
       <c r="F272" s="0"/>
       <c r="G272" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H272" s="0" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L272" s="0"/>
+      <c r="L272" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C273" s="0" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D273" s="0" t="s">
         <v>1119</v>
       </c>
-      <c r="C273" s="0" t="s">
+      <c r="E273" s="0" t="s">
         <v>1120</v>
       </c>
-      <c r="D273" s="0" t="s">
+      <c r="F273" s="0" t="s">
         <v>1121</v>
       </c>
-      <c r="E273" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F273" s="0"/>
       <c r="G273" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H273" s="0" t="s">
-        <v>495</v>
+        <v>87</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>554</v>
+        <v>1122</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>1028</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L273" s="0"/>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
-      <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>871</v>
-[...3 lines deleted...]
-      </c>
+        <v>1126</v>
+      </c>
+      <c r="F274" s="0"/>
       <c r="G274" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H274" s="0" t="s">
-        <v>96</v>
+        <v>407</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L274" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L274" s="0"/>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
-      <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>845</v>
+        <v>1128</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1127</v>
-[...1 lines deleted...]
-      <c r="D275" s="0"/>
+        <v>1129</v>
+      </c>
+      <c r="D275" s="0" t="s">
+        <v>1130</v>
+      </c>
       <c r="E275" s="0" t="s">
-        <v>95</v>
+        <v>1126</v>
       </c>
       <c r="F275" s="0"/>
       <c r="G275" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H275" s="0" t="s">
-        <v>843</v>
+        <v>407</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L275" s="0">
-[...121 lines deleted...]
-      <c r="L279" s="0"/>
+      <c r="L275" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -21239,54 +20975,50 @@
     <hyperlink ref="B251" r:id="rId_hyperlink_250"/>
     <hyperlink ref="B252" r:id="rId_hyperlink_251"/>
     <hyperlink ref="B253" r:id="rId_hyperlink_252"/>
     <hyperlink ref="B254" r:id="rId_hyperlink_253"/>
     <hyperlink ref="B255" r:id="rId_hyperlink_254"/>
     <hyperlink ref="B256" r:id="rId_hyperlink_255"/>
     <hyperlink ref="B257" r:id="rId_hyperlink_256"/>
     <hyperlink ref="B258" r:id="rId_hyperlink_257"/>
     <hyperlink ref="B259" r:id="rId_hyperlink_258"/>
     <hyperlink ref="B260" r:id="rId_hyperlink_259"/>
     <hyperlink ref="B261" r:id="rId_hyperlink_260"/>
     <hyperlink ref="B262" r:id="rId_hyperlink_261"/>
     <hyperlink ref="B263" r:id="rId_hyperlink_262"/>
     <hyperlink ref="B264" r:id="rId_hyperlink_263"/>
     <hyperlink ref="B265" r:id="rId_hyperlink_264"/>
     <hyperlink ref="B266" r:id="rId_hyperlink_265"/>
     <hyperlink ref="B267" r:id="rId_hyperlink_266"/>
     <hyperlink ref="B268" r:id="rId_hyperlink_267"/>
     <hyperlink ref="B269" r:id="rId_hyperlink_268"/>
     <hyperlink ref="B270" r:id="rId_hyperlink_269"/>
     <hyperlink ref="B271" r:id="rId_hyperlink_270"/>
     <hyperlink ref="B272" r:id="rId_hyperlink_271"/>
     <hyperlink ref="B273" r:id="rId_hyperlink_272"/>
     <hyperlink ref="B274" r:id="rId_hyperlink_273"/>
     <hyperlink ref="B275" r:id="rId_hyperlink_274"/>
-    <hyperlink ref="B276" r:id="rId_hyperlink_275"/>
-[...2 lines deleted...]
-    <hyperlink ref="B279" r:id="rId_hyperlink_278"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>