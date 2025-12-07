--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -119,51 +119,51 @@
   <si>
     <t>F819</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>19040.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Дрип-станция;сталь нерж.,дерево</t>
   </si>
   <si>
     <t>02121601</t>
   </si>
   <si>
     <t>F814</t>
   </si>
   <si>
     <t>24430.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Набор для приготовления фильтр-кофе;стекло,пластик;300мл;D=13,H=24см</t>
   </si>
   <si>
     <t>02121602</t>
   </si>
   <si>
     <t>F811</t>
   </si>
   <si>
     <t>8645.00₸</t>
   </si>
   <si>
     <t>Дрип-станция;сталь нерж.</t>
   </si>
   <si>
     <t>02121603</t>
   </si>
   <si>
     <t>F911</t>
   </si>
   <si>
     <t>5971.00₸</t>
   </si>
@@ -197,176 +197,179 @@
   <si>
     <t>VD-02R</t>
   </si>
   <si>
     <t>Hario</t>
   </si>
   <si>
     <t>ЯПОНИЯ</t>
   </si>
   <si>
     <t>7747.00₸</t>
   </si>
   <si>
     <t>Воронка для пуровера;керамика;белый</t>
   </si>
   <si>
     <t>02122634</t>
   </si>
   <si>
     <t>VDC-02W</t>
   </si>
   <si>
     <t>28429.00₸</t>
   </si>
   <si>
-    <t>45 шт.</t>
+    <t>33 шт.</t>
   </si>
   <si>
     <t>Воронка д/пуровер;стекло,пластик;прозр.,черный</t>
   </si>
   <si>
     <t>02122636</t>
   </si>
   <si>
     <t>VDGN-02B</t>
   </si>
   <si>
     <t>9471.00₸</t>
   </si>
   <si>
     <t>Воронка (пуровер);пластик;белый</t>
   </si>
   <si>
     <t>02122640</t>
   </si>
   <si>
     <t>VD-02W</t>
   </si>
   <si>
     <t>7631.00₸</t>
   </si>
   <si>
     <t>Воронка (пуровер);керамика;D=115/64мм</t>
   </si>
   <si>
     <t>02122642</t>
   </si>
   <si>
     <t>TV02</t>
   </si>
   <si>
     <t>7189.00₸</t>
   </si>
   <si>
     <t>Воронка (пуровер);стекло,пластик;D=10см</t>
   </si>
   <si>
     <t>02122643</t>
   </si>
   <si>
     <t>GV02</t>
   </si>
   <si>
     <t>4886.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Воронка (пуровер);пластик;D=115/48мм</t>
   </si>
   <si>
     <t>02122647</t>
   </si>
   <si>
     <t>V02</t>
   </si>
   <si>
     <t>3024.00₸</t>
   </si>
   <si>
     <t>Воронка (пуровер);стекло,бамбук;D=12см</t>
   </si>
   <si>
     <t>02122648</t>
   </si>
   <si>
     <t>GV11</t>
   </si>
   <si>
     <t>7798.00₸</t>
   </si>
   <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
     <t>Воронка (пуровер);керамика;D=117/60мм</t>
   </si>
   <si>
     <t>02122649</t>
   </si>
   <si>
     <t>ECV02</t>
   </si>
   <si>
     <t>9905.00₸</t>
   </si>
   <si>
     <t>Дрип-станция;сталь нерж.;D=12см</t>
   </si>
   <si>
     <t>02122650</t>
   </si>
   <si>
     <t>EV02</t>
   </si>
   <si>
     <t>18 шт.</t>
   </si>
   <si>
     <t>Воронка (пуровер);силикон;D=10/2см;красный</t>
   </si>
   <si>
     <t>02122651</t>
   </si>
   <si>
     <t>GV40</t>
   </si>
   <si>
     <t>4004.00₸</t>
   </si>
   <si>
     <t>Воронка иммерсионная с таймером;пластик;D=120/64мм</t>
   </si>
   <si>
     <t>02122652</t>
   </si>
   <si>
     <t>F36B</t>
   </si>
   <si>
     <t>22778.00₸</t>
   </si>
   <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
     <t>Воронка «Оригами» для кофе с подставкой (пуровер);керамика,дерево;D=13,8/11,8,H=10,6см;белый</t>
   </si>
   <si>
     <t>02124208</t>
   </si>
   <si>
     <t>GV20</t>
   </si>
   <si>
     <t>11879.00₸</t>
   </si>
   <si>
     <t>Аэропресс для кофе;пластик;240мл;D=16,2см;серый,черный</t>
   </si>
   <si>
     <t>02124209</t>
   </si>
   <si>
     <t>YRP01</t>
   </si>
   <si>
     <t>23681.00₸</t>
   </si>
   <si>
     <t>Чайник;стекло;0,58л</t>
@@ -428,51 +431,51 @@
   <si>
     <t>Кемекс;стекло;400мл;D=12,H=16,5см</t>
   </si>
   <si>
     <t>03160716</t>
   </si>
   <si>
     <t>CH2</t>
   </si>
   <si>
     <t>13195.00₸</t>
   </si>
   <si>
     <t>Воронка (пуровер) с сервером;стекло,сталь нерж.;400мл;D=12,H=17,5см;прозр.</t>
   </si>
   <si>
     <t>03160720</t>
   </si>
   <si>
     <t>CH104</t>
   </si>
   <si>
     <t>16604.00₸</t>
   </si>
   <si>
-    <t>42 шт.</t>
+    <t>41 шт.</t>
   </si>
   <si>
     <t>Кемекс;стекло;0,8л</t>
   </si>
   <si>
     <t>03160723</t>
   </si>
   <si>
     <t>CH6</t>
   </si>
   <si>
     <t>17444.00₸</t>
   </si>
   <si>
     <t>Сервер для кофе «Брюверс» термостойкий;фарфор;300мл;,H=127,L=82,B=72мм;черный,белый</t>
   </si>
   <si>
     <t>03090756</t>
   </si>
   <si>
     <t>C099-97BIK</t>
   </si>
   <si>
     <t>Loveramics</t>
   </si>
@@ -2157,115 +2160,115 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>76</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
@@ -2349,369 +2352,369 @@
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>101</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>