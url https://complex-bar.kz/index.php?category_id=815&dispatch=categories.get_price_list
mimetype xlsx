--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -73,51 +73,51 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Фильтры для пуровера[100шт];бумага</t>
   </si>
   <si>
     <t>02030654</t>
   </si>
   <si>
     <t>VCF-02-100W</t>
   </si>
   <si>
     <t>Hario</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Фильтры для кофе</t>
   </si>
   <si>
     <t>6545.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>40 шт.</t>
   </si>
   <si>
     <t>Фильтры бумажные круглые «Кемекс»[100шт];бумага;D=30см;белый</t>
   </si>
   <si>
     <t>02030677</t>
   </si>
   <si>
     <t>FC-100</t>
   </si>
   <si>
     <t>Chemex</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>15262.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Фильтры для кофе для воронки Калита[50шт];бумага;D=45/85,H=50мм;белый</t>
   </si>
@@ -127,90 +127,90 @@
   <si>
     <t>F250A</t>
   </si>
   <si>
     <t>Doppio</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>2730.00₸</t>
   </si>
   <si>
     <t>Фильтры для кофе для воронки[40шт];бумага;D=12см;белый</t>
   </si>
   <si>
     <t>02030711</t>
   </si>
   <si>
     <t>F802</t>
   </si>
   <si>
     <t>1988.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
     <t>Фильтры для кофе для воронки[100шт];бумага;D=12см;белый</t>
   </si>
   <si>
     <t>02030712</t>
   </si>
   <si>
     <t>F802B</t>
   </si>
   <si>
     <t>3332.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
+    <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Фильтры для кофе для воронки[100шт];бумага;,H=10,L=17,B=6см;белый</t>
   </si>
   <si>
     <t>02030713</t>
   </si>
   <si>
     <t>F16</t>
   </si>
   <si>
     <t>3458.00₸</t>
   </si>
   <si>
     <t>Фильтры для кофе для аэропресса[350шт];бумага;D=62,H=0,1мм;белый</t>
   </si>
   <si>
     <t>02030714</t>
   </si>
   <si>
     <t>F29</t>
   </si>
   <si>
     <t>3661.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Фильтры для кофе для воронки[100шт];бумага;,H=10,B=15,5см;коричнев.</t>
   </si>
   <si>
     <t>02030715</t>
   </si>
   <si>
     <t>F16 brown</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Подставка для фильтров для кофе;бамбук</t>
   </si>
   <si>
     <t>02121134</t>
   </si>
   <si>
     <t>F301X</t>
   </si>
   <si>
     <t>11207.00₸</t>
   </si>
@@ -1058,175 +1058,175 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
@@ -1250,51 +1250,51 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>