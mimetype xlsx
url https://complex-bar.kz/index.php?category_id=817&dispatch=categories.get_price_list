--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -113,62 +113,68 @@
   <si>
     <t>Перколятор «PC 150»;сталь,пластик;15л;D=27,H=47,5см;1,6Квт;металлич.</t>
   </si>
   <si>
     <t>07030410</t>
   </si>
   <si>
     <t>PER02020</t>
   </si>
   <si>
     <t>219766.00₸</t>
   </si>
   <si>
     <t>Термопот B10 LT;сталь;10л;D=22,H=50,4см;1,5Квт;металлич.</t>
   </si>
   <si>
     <t>07030411</t>
   </si>
   <si>
     <t>WET01000</t>
   </si>
   <si>
     <t>130885.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
     <t>Термопот B22 LT;сталь;22л;D=29,H=58,1см;2,5Квт;металлич.</t>
   </si>
   <si>
     <t>07030412</t>
   </si>
   <si>
     <t>WET02200</t>
   </si>
   <si>
     <t>171834.00₸</t>
   </si>
   <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
     <t>Кипятильник с регулятором;5л</t>
   </si>
   <si>
     <t>07020186</t>
   </si>
   <si>
     <t>л004/1</t>
   </si>
   <si>
     <t>Convito</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>30709.00₸</t>
   </si>
   <si>
     <t>Прокладка для перколятора «PC 150» (для арт. PER02020)</t>
   </si>
   <si>
     <t>07080118</t>
   </si>
   <si>
     <t>PER02059</t>
@@ -204,50 +210,62 @@
     <t>6815.00₸</t>
   </si>
   <si>
     <t>Выпускной стержень для перколятора «PC 150» (для арт. PER02020);стекло</t>
   </si>
   <si>
     <t>07080120</t>
   </si>
   <si>
     <t>PER02047</t>
   </si>
   <si>
     <t>3335.00₸</t>
   </si>
   <si>
     <t>Кран для перколятора «PC 150» (для арт. PER02020);пластик</t>
   </si>
   <si>
     <t>07080121</t>
   </si>
   <si>
     <t>PER02048</t>
   </si>
   <si>
     <t>16833.00₸</t>
+  </si>
+  <si>
+    <t>Перколятор «PC 150D»;сталь,пластик;15л;D=30,5,H=57,6см;1,6Квт;металлич.,черный</t>
+  </si>
+  <si>
+    <t>07030413</t>
+  </si>
+  <si>
+    <t>PER02090</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -676,62 +694,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubka-d-perkolyatora-per02000-beckers-07030406/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-d-perkolyatora-artper02010-beckers-07030407/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termopot-beckers-07030410/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termopot-beckers-07030411/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termopot-beckers-07030412/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kipyatilnik-s-regulyatorom-07020186/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-termopota-beckers-07080118/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kipyatilnik-airhot-07030724/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-perkolyatora-beckers-07080119/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-perkolyatora-beckers-07080120/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-perkolyatora-beckers-07080121/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/trubka-d-perkolyatora-per02000-beckers-07030406/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-d-perkolyatora-artper02010-beckers-07030407/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termopot-beckers-07030410/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termopot-beckers-07030411/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termopot-beckers-07030412/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kipyatilnik-s-regulyatorom-07020186/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-termopota-beckers-07080118/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kipyatilnik-airhot-07030724/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-perkolyatora-beckers-07080119/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-perkolyatora-beckers-07080120/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-perkolyatora-beckers-07080121/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perkolyator-beckers-07030413/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L12"/>
+  <dimension ref="A1:L13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I12" sqref="I12"/>
+      <selection activeCell="I13" sqref="I13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -860,285 +878,315 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E7" s="0"/>
       <c r="F7" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="0"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="B8" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="B9" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="B10" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="B11" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="B12" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
+    </row>
+    <row r="13" spans="1:12" customHeight="1" ht="80">
+      <c r="B13" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="E13" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="0"/>
+      <c r="G13" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="J13" s="0"/>
+      <c r="K13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="L13" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>