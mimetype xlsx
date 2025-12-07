--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -73,210 +73,192 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Кофемашина «Sanremo ZOE 2G SED TA»;алюм.литой;10,3л;,H=60,2,L=72,B=52,8см;3,15Квт;черный,металлич.</t>
   </si>
   <si>
     <t>07022114</t>
   </si>
   <si>
     <t>UZN211212006B</t>
   </si>
   <si>
     <t>Sanremo</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Кофемашины</t>
   </si>
   <si>
     <t>3021480.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Кофемашина «Sanremo ZOE 2G SED TA»;алюм.литой;10,3л;,H=60,2,L=72,B=52,8см;3,15Квт;белый,металлич.</t>
   </si>
   <si>
     <t>07022115</t>
   </si>
   <si>
     <t>UZM211812006B</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Кофемашина - суперавтомат PROXIMA F11 Big;,H=58,L=50,B=41см;1,7Квт;серый,черный</t>
+  </si>
+  <si>
+    <t>07022117</t>
+  </si>
+  <si>
+    <t>пе63.2</t>
+  </si>
+  <si>
+    <t>Proxima</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>1527743.00₸</t>
+  </si>
+  <si>
+    <t>Кофемашина «Saeco Lirika OTC»;,H=42,9,L=21,5,B=37см;1,85Квт;черный</t>
+  </si>
+  <si>
+    <t>07022118</t>
+  </si>
+  <si>
+    <t>са077.1</t>
+  </si>
+  <si>
+    <t>Saeco</t>
+  </si>
+  <si>
+    <t>869022.00₸</t>
+  </si>
+  <si>
+    <t>Кофемашина «Futurmat Ottima EVO 2G»;сталь оцинк.;11л;,H=46,L=71,B=52см;2,8Квт;белый</t>
+  </si>
+  <si>
+    <t>07022131</t>
+  </si>
+  <si>
+    <t>MTF092HT</t>
+  </si>
+  <si>
+    <t>Futurmat</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>2387000.00₸</t>
+  </si>
+  <si>
+    <t>Кофемашина «Futurmat Ottima EVO Semiaut 2»;сталь оцинк.;11л;,H=42,L=52,1,B=71см;2,8Квт;белый</t>
+  </si>
+  <si>
+    <t>07022129</t>
+  </si>
+  <si>
+    <t>MTF082H</t>
+  </si>
+  <si>
+    <t>1963500.00₸</t>
+  </si>
+  <si>
+    <t>Кофемашина «Futurmat Ottima EVO Semiaut 2»;сталь оцинк.;11л;,H=42,L=52,B=71см;2,8Квт;черный</t>
+  </si>
+  <si>
+    <t>07022128</t>
+  </si>
+  <si>
+    <t>MTF082N</t>
+  </si>
+  <si>
+    <t>Кофемашина «Futurmat Ottima EVO 2G»;сталь оцинк.;11л;,H=46,L=52,B=71см;2,8Квт;черный</t>
+  </si>
+  <si>
+    <t>07022130</t>
+  </si>
+  <si>
+    <t>MTF092NT</t>
+  </si>
+  <si>
+    <t>Кофеварка капельная KEF FLT120-AP;2,2л;,H=58,L=19,B=37см;2,2Квт</t>
+  </si>
+  <si>
+    <t>03160738</t>
+  </si>
+  <si>
+    <t>FLT120-AP</t>
+  </si>
+  <si>
+    <t>KEF</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>325248.00₸</t>
+  </si>
+  <si>
+    <t>Кофемашина «Sanremo D8 PRO 2»;сталь нерж.;7л;,H=50,L=80,8,B=55,5см;3,5Квт;черный</t>
+  </si>
+  <si>
+    <t>07022133</t>
+  </si>
+  <si>
+    <t>D8C411070800</t>
+  </si>
+  <si>
+    <t>4707010.00₸</t>
+  </si>
+  <si>
+    <t>Кофемашина «Kometa ES3R EU/Q»;пластик;0,5л;,H=57,1,L=53,9,B=30,8см;1,9Квт;черный</t>
+  </si>
+  <si>
+    <t>07022134</t>
+  </si>
+  <si>
+    <t>S76113</t>
+  </si>
+  <si>
+    <t>Necta</t>
+  </si>
+  <si>
+    <t>3598980.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
-  </si>
-[...145 lines deleted...]
-    <t>3598980.00₸</t>
   </si>
   <si>
     <t>Кофемашина «La Brillante ES3RM RU/Q»;пластик;0,5л;,H=57,1,L=53,9,B=30,8см;1,9Квт;черный,оранжев.</t>
   </si>
   <si>
     <t>07022135</t>
   </si>
   <si>
     <t>S76114</t>
   </si>
   <si>
     <t>Gaggia Milano</t>
   </si>
   <si>
     <t>4389000.00₸</t>
   </si>
   <si>
     <t>Кофемашина «SGL Miny»;пластик;1,5л;D=18,7,H=31,8см;1,35Квт;черный</t>
   </si>
   <si>
     <t>07022136</t>
   </si>
   <si>
     <t>9J0020</t>
   </si>
@@ -453,321 +435,321 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -1038,62 +1020,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022114/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-proxima-07022117/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-saeco-07022118/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-hold-03160737/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022128/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-kef-03160738/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-necta-07022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-gaggia-milano-07022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-07022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115krd/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022114/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-proxima-07022117/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-saeco-07022118/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022128/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-kef-03160738/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-necta-07022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-gaggia-milano-07022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-07022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115krd/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L16"/>
+  <dimension ref="A1:L15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I16" sqref="I16"/>
+      <selection activeCell="I15" sqref="I15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1196,443 +1178,413 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="L4" s="0"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="0" t="s">
+      <c r="E5" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="L5" s="0"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
+      <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="E6" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="L6" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="L6" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="D7" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" s="0" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="D11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="0" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="L11" s="0"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" s="0" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="L12" s="0"/>
+        <v>66</v>
+      </c>
+      <c r="L12" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="D14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E14" s="0"/>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="L14" s="0"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="E15" s="0"/>
+        <v>76</v>
+      </c>
+      <c r="D15" s="0"/>
+      <c r="E15" s="0" t="s">
+        <v>15</v>
+      </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>30</v>
-[...29 lines deleted...]
-      <c r="L16" s="0">
+        <v>23</v>
+      </c>
+      <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
-    <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>