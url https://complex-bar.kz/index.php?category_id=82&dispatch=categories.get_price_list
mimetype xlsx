--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -171,50 +171,62 @@
     <t>160391.00₸</t>
   </si>
   <si>
     <t>Подставка для банки;орех;D=210,H=19мм;деревян.</t>
   </si>
   <si>
     <t>04148944</t>
   </si>
   <si>
     <t>BU_WB001</t>
   </si>
   <si>
     <t>94017.00₸</t>
   </si>
   <si>
     <t>Крышка для банки;дуб;D=207,H=29мм;св. дерево</t>
   </si>
   <si>
     <t>04148945</t>
   </si>
   <si>
     <t>BU_OL001</t>
   </si>
   <si>
     <t>190152.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для банки BU_GJ002;орех;D=116,H=17мм;деревян.</t>
+  </si>
+  <si>
+    <t>04148844</t>
+  </si>
+  <si>
+    <t>BU_WL002</t>
+  </si>
+  <si>
+    <t>89713.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -733,62 +745,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-libbey-04148401/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-libbey-04148402/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-357760-365642-365641-bormioli-rocco-04148407/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-s-otverstiem-bormioli-rocco-04148410/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-349760-354756-354757-365630-bormioli-rocco-04148413/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-banki-craster-04148943/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-banki-craster-04148944/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-banki-craster-04148945/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-libbey-04148401/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-libbey-04148402/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-357760-365642-365641-bormioli-rocco-04148407/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-s-otverstiem-bormioli-rocco-04148410/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-banki-349760-354756-354757-365630-bormioli-rocco-04148413/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-banki-craster-04148943/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-banki-craster-04148944/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-banki-craster-04148945/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-banki-craster-04148844/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L9"/>
+  <dimension ref="A1:L10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I9" sqref="I9"/>
+      <selection activeCell="I10" sqref="I10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1056,61 +1068,91 @@
       </c>
       <c r="D9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
+    <row r="10" spans="1:12" customHeight="1" ht="80">
+      <c r="B10" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" s="0"/>
+      <c r="G10" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="J10" s="0"/>
+      <c r="K10" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="L10" s="0"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>