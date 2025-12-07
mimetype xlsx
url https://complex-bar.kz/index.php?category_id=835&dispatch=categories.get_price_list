--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -106,156 +106,144 @@
   <si>
     <t>4428.00₸</t>
   </si>
   <si>
     <t>Кофе в зернах «Бленд №15» для эспрессо (Арабика Бразилия Серрадо 50%/ Робуста Вьетнам 50%) 1 кг</t>
   </si>
   <si>
     <t>05090144</t>
   </si>
   <si>
     <t>14954.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Кофе в зернах «Бленд №8» для эспрессо (Арабика Уганда 60%/ Робуста Вьетнам 40%) 1кг</t>
   </si>
   <si>
     <t>05090145</t>
   </si>
   <si>
     <t>11935.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кофе молотый «Дамбри Фолз» (Робуста Ламдонг 100%) 250 г</t>
   </si>
   <si>
     <t>05090146</t>
   </si>
   <si>
     <t>4235.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Кофе в зернах «Бленд Вендинг» для эспрессо (Арабика Бразилия 40%/Робуста Вьетнам 60%) 1 кг</t>
   </si>
   <si>
     <t>05090194</t>
   </si>
   <si>
     <t>14623.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
-[...2 lines deleted...]
-    <t>Кофе в зернах «Бленд №3» с азотом для эспрессо (80% Арабика Суль Де Минас,20% Робуста Вьетнам) 1 кг</t>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Кофе в зернах «Бленд №3» с азотом для эспрессо (80% Арабика Бразилия Суль Де Минас,20% Робуста Вьетн</t>
   </si>
   <si>
     <t>05090204</t>
   </si>
   <si>
     <t>17787.00₸</t>
   </si>
   <si>
+    <t>Кофе в зернах «Бленд №5» с азотом для эспрессо (Арабика 100%, 50% Бразилия, 50% Эфиопия) 1 кг</t>
+  </si>
+  <si>
+    <t>05090205</t>
+  </si>
+  <si>
+    <t>17556.00₸</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Кофе в зернах «Бленд №5» с азотом для эспрессо (Арабика 100%, 50% Бразилия, 50% Эфиопия) 1 кг</t>
-[...10 lines deleted...]
-  <si>
     <t>Кофе в зернах «Бразилия Суль Де Минас» с азотом для эспрессо (Арабика 100%) 1 кг</t>
   </si>
   <si>
     <t>05090206</t>
   </si>
   <si>
     <t>18865.00₸</t>
   </si>
   <si>
     <t>Кофе в зернах «Руанда Мутетели» с азотом для фильтра (Арабика 100%) 250 г</t>
   </si>
   <si>
     <t>05090207</t>
   </si>
   <si>
     <t>4474.00₸</t>
   </si>
   <si>
     <t>Кофе в зернах «Эфиопия Сидамо Грейд 2» с азотом для фильтра (Арабика 100%) 250 г</t>
   </si>
   <si>
     <t>05090208</t>
   </si>
   <si>
     <t>5383.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
-[...2 lines deleted...]
-    <t>Кофе в зернах «Кения Кианду» с азотом для фильтра (100% Арабика) 250 г</t>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Кофе в зернах «Кения Кианду» с азотом для фильтра (Арабика 100%) 250 г</t>
   </si>
   <si>
     <t>05090280</t>
   </si>
   <si>
     <t>4697.00₸</t>
   </si>
   <si>
-    <t>48 шт.</t>
+    <t>25 шт.</t>
   </si>
   <si>
     <t>Кофе в зернах «Бленд №9» для эспрессо (Арабика Бразилия 50%/ Робуста Бразилия 50%) 1 кг</t>
   </si>
   <si>
     <t>05090288</t>
   </si>
   <si>
     <t>14861.00₸</t>
-  </si>
-[...4 lines deleted...]
-    <t>05090205-А1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -270,51 +258,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66327836-2224-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB796-2224-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71793C82-3F91-11F0-BC59-00505692E0493.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7179385E-3F91-11F0-BC59-00505692E0494.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F669BEC-AFD1-11EE-BC40-00505692492F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F669EA2-AFD1-11EE-BC40-00505692492F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F66A100-AFD1-11EE-BC40-00505692492F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F66A03C-AFD1-11EE-BC40-00505692492F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F669E02-AFD1-11EE-BC40-00505692492F9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8734A25-1604-11F0-BC58-00505692E04910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A873470F-1604-11F0-BC58-00505692E04911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8AAC4B-855B-11EF-BC53-00505692E2D012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C013D00B-F132-11EF-BC4E-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58662B52-9154-11F0-BC58-00505692E2D014.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66327836-2224-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB796-2224-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71793C82-3F91-11F0-BC59-00505692E0493.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7179385E-3F91-11F0-BC59-00505692E0494.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F669BEC-AFD1-11EE-BC40-00505692492F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F669EA2-AFD1-11EE-BC40-00505692492F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F66A100-AFD1-11EE-BC40-00505692492F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F66A03C-AFD1-11EE-BC40-00505692492F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F669E02-AFD1-11EE-BC40-00505692492F9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8734A25-1604-11F0-BC58-00505692E04910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A873470F-1604-11F0-BC58-00505692E04911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8AAC4B-855B-11EF-BC53-00505692E2D012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C013D00B-F132-11EF-BC4E-00505692C44713.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -665,80 +653,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -984,62 +942,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090118/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090124/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090144/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090145/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-molotyy-doppio-05090146/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090194/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090204/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090205/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090206/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090207/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090208/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090280/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090288/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090205-a1/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090118/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090124/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090144/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090145/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-molotyy-doppio-05090146/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090194/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090204/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090205/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090206/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090207/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090208/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090280/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofe-v-zernah-doppio-05090288/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L15"/>
+  <dimension ref="A1:L14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I15" sqref="I15"/>
+      <selection activeCell="I14" sqref="I14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1174,393 +1132,360 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="0"/>
       <c r="E5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D6" s="0"/>
       <c r="E6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L6" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D7" s="0"/>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D8" s="0"/>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D9" s="0"/>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D10" s="0"/>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D11" s="0"/>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D12" s="0"/>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="L12" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D13" s="0"/>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="L13" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D14" s="0"/>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="L14" s="0">
-        <v>6</v>
-[...30 lines deleted...]
-      <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
-    <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>