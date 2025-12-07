--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -151,269 +151,263 @@
   <si>
     <t>YF31Silver</t>
   </si>
   <si>
     <t>5250.00₸</t>
   </si>
   <si>
     <t>Кольцо для портафильтра;сталь нерж.;D=53мм;черный</t>
   </si>
   <si>
     <t>02122656</t>
   </si>
   <si>
     <t>24 шт.</t>
   </si>
   <si>
     <t>Кольцо для портафильтра;сталь нерж.;D=53мм;серебрист.</t>
   </si>
   <si>
     <t>02122657</t>
   </si>
   <si>
     <t>YF31Silver,</t>
   </si>
   <si>
-    <t>27 шт.</t>
+    <t>26 шт.</t>
   </si>
   <si>
     <t>Кофемолка «Брезил» ручная;,H=21см;коричнев.</t>
   </si>
   <si>
     <t>03172017</t>
   </si>
   <si>
     <t>Peugeot</t>
   </si>
   <si>
     <t>Brésil</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Кофемолки ручные</t>
   </si>
   <si>
     <t>78864.00₸</t>
   </si>
   <si>
     <t>Кофемолка ручная;сталь нерж.,дерево;черный,тем.дерево</t>
   </si>
   <si>
     <t>03173105</t>
   </si>
   <si>
     <t>NM250black</t>
   </si>
   <si>
     <t>78148.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Щетка для промывки кофемашины;нейлон,пластик;,L=15см;черный</t>
   </si>
   <si>
     <t>04120254</t>
   </si>
   <si>
     <t>07590000PVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>Щетки и уход за кофемашиной</t>
   </si>
   <si>
     <t>4089.00₸</t>
   </si>
   <si>
+    <t>Щетка для промывки кофемашины;пластик</t>
+  </si>
+  <si>
+    <t>04120259</t>
+  </si>
+  <si>
+    <t>BP50</t>
+  </si>
+  <si>
+    <t>4060.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для промывки кофемашины;нейлон;D=58,L=237мм;черный</t>
+  </si>
+  <si>
+    <t>04121702</t>
+  </si>
+  <si>
+    <t>BP46</t>
+  </si>
+  <si>
+    <t>4760.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для промывки кофемашины;силикон;D=58,L=222мм;черный</t>
+  </si>
+  <si>
+    <t>04121703</t>
+  </si>
+  <si>
+    <t>DA01</t>
+  </si>
+  <si>
+    <t>10710.00₸</t>
+  </si>
+  <si>
+    <t>Кофемашина «Sanremo ZOE 2G SED TA»;алюм.литой;10,3л;,H=60,2,L=72,B=52,8см;3,15Квт;черный,металлич.</t>
+  </si>
+  <si>
+    <t>07022114</t>
+  </si>
+  <si>
+    <t>UZN211212006B</t>
+  </si>
+  <si>
+    <t>Кофемашины</t>
+  </si>
+  <si>
+    <t>3021480.00₸</t>
+  </si>
+  <si>
+    <t>Кофемашина «Sanremo ZOE 2G SED TA»;алюм.литой;10,3л;,H=60,2,L=72,B=52,8см;3,15Квт;белый,металлич.</t>
+  </si>
+  <si>
+    <t>07022115</t>
+  </si>
+  <si>
+    <t>UZM211812006B</t>
+  </si>
+  <si>
+    <t>Кофемашина - суперавтомат PROXIMA F11 Big;,H=58,L=50,B=41см;1,7Квт;серый,черный</t>
+  </si>
+  <si>
+    <t>07022117</t>
+  </si>
+  <si>
+    <t>пе63.2</t>
+  </si>
+  <si>
+    <t>Proxima</t>
+  </si>
+  <si>
+    <t>1527743.00₸</t>
+  </si>
+  <si>
+    <t>Кофемашина «Saeco Lirika OTC»;,H=42,9,L=21,5,B=37см;1,85Квт;черный</t>
+  </si>
+  <si>
+    <t>07022118</t>
+  </si>
+  <si>
+    <t>са077.1</t>
+  </si>
+  <si>
+    <t>Saeco</t>
+  </si>
+  <si>
+    <t>869022.00₸</t>
+  </si>
+  <si>
+    <t>Кофемолка «Atom Specialty 75 E» (на 1,4 кг кофе);алюм.литой,сталь закал.;,H=57,L=22,7,B=18см;280вт;ч</t>
+  </si>
+  <si>
+    <t>07030705</t>
+  </si>
+  <si>
+    <t>Eureka</t>
+  </si>
+  <si>
+    <t>Кофемолки электрические</t>
+  </si>
+  <si>
+    <t>700700.00₸</t>
+  </si>
+  <si>
+    <t>Кофемолка «Eureka Helios 65» (на 1,2 кг кофе);алюм.литой;,H=60,L=25,B=22см;280вт;черный,прозр.</t>
+  </si>
+  <si>
+    <t>07030706</t>
+  </si>
+  <si>
+    <t>569800.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Щетка для промывки кофемашины;пластик</t>
-[...115 lines deleted...]
-  <si>
     <t>Кофемолка ручная (45г кофе);сталь нерж.;D=59,H=146мм;черный</t>
   </si>
   <si>
     <t>07030714</t>
   </si>
   <si>
     <t>TQ01</t>
   </si>
   <si>
     <t>64022.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Кофемолка «Eureka Helios 65» (на 1,2 кг кофе);алюм.литой;,H=60,L=25,B=22см;280вт;белый,прозр.</t>
   </si>
   <si>
     <t>07030715</t>
   </si>
   <si>
     <t>EZC6HB23M90H00EAC101</t>
   </si>
   <si>
     <t>608300.00₸</t>
   </si>
   <si>
     <t>Кофемолка «Atom Pro 75 E»;,H=47,L=45,B=18см;900вт;черный</t>
   </si>
   <si>
     <t>07030716</t>
   </si>
   <si>
     <t>EAT7BE23M80E00000001</t>
   </si>
   <si>
     <t>848540.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кофемолка «Mignon Zero Brew 55 16CR»;,H=34,5,L=14,B=12см;320вт;черный</t>
   </si>
   <si>
     <t>07030717</t>
   </si>
   <si>
     <t>EMW5FM23MSIJ00EAC001</t>
   </si>
   <si>
     <t>334950.00₸</t>
   </si>
   <si>
     <t>Кофемолка «Mignon Zero Brew 55 16CR»;,H=34,5,L=14,B=12см;320вт;белый</t>
   </si>
   <si>
     <t>07030718</t>
   </si>
   <si>
     <t>EMW5FM23MSIJ00EAC101</t>
   </si>
   <si>
     <t>320243.00₸</t>
   </si>
   <si>
     <t>Кофемолка «Atom Specialty 65» (на 1,2 кг кофе);алюм.литой;,H=54,L=22,7,B=20,5см;350вт;черный,прозр.</t>
@@ -454,150 +448,138 @@
   <si>
     <t>Средство для декальцинации кофемашин «Асидем D12» экологичное;1л;,H=24,L=26см;белый</t>
   </si>
   <si>
     <t>08013816</t>
   </si>
   <si>
     <t>D12</t>
   </si>
   <si>
     <t>5621.00₸</t>
   </si>
   <si>
     <t>Средство для декальцинации кофемашин «Асидем D22» порошковое 1 кг;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013817</t>
   </si>
   <si>
     <t>D22</t>
   </si>
   <si>
     <t>12474.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Средство для удаления кофейных масел «Алкадем G21» порошковое 1 кг;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013818</t>
   </si>
   <si>
     <t>G21</t>
   </si>
   <si>
     <t>Алкадем</t>
   </si>
   <si>
+    <t>7469.00₸</t>
+  </si>
+  <si>
+    <t>Средство для удаления кофейных масел «Алкадем G31» таблетированное (100 шт.);,H=10,L=22,5см;белый</t>
+  </si>
+  <si>
+    <t>08013819</t>
+  </si>
+  <si>
+    <t>G31</t>
+  </si>
+  <si>
+    <t>6083.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Средство для удаления кофейных масел «Алкадем G32» таблетированное (100 шт.);,H=10,L=22,5см;белый</t>
+  </si>
+  <si>
+    <t>08013820</t>
+  </si>
+  <si>
+    <t>G32</t>
+  </si>
+  <si>
+    <t>6853.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Средство для удаления кофейных масел «Алкадем G33» таблетированное (80 шт.);,H=10,L=22,5см;белый</t>
+  </si>
+  <si>
+    <t>08013821</t>
+  </si>
+  <si>
+    <t>G33</t>
+  </si>
+  <si>
     <t>7315.00₸</t>
   </si>
   <si>
-    <t>Средство для удаления кофейных масел «Алкадем G31» таблетированное (100 шт.);,H=10,L=22,5см;белый</t>
-[...22 lines deleted...]
-  <si>
     <t>12 шт.</t>
   </si>
   <si>
-    <t>Средство для удаления кофейных масел «Алкадем G33» таблетированное (80 шт.);,H=10,L=22,5см;белый</t>
-[...10 lines deleted...]
-  <si>
     <t>Средство для очистки молочных систем кофемашин «Алкадем М12» экологичное;1л;,H=24,L=26см;белый</t>
   </si>
   <si>
     <t>08013822</t>
   </si>
   <si>
     <t>М12</t>
   </si>
   <si>
     <t>3388.00₸</t>
   </si>
   <si>
     <t>Средство для очистки жерновов кофемолок «Алкадем К41» экологичное;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013823</t>
   </si>
   <si>
     <t>К41</t>
   </si>
   <si>
-    <t>8470.00₸</t>
-[...20 lines deleted...]
-    <t>654500.00₸</t>
+    <t>8701.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Кофемашина «Futurmat Ottima EVO 2G»;сталь оцинк.;11л;,H=46,L=71,B=52см;2,8Квт;белый</t>
   </si>
   <si>
     <t>07022131</t>
   </si>
   <si>
     <t>MTF092HT</t>
   </si>
   <si>
     <t>Futurmat</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>2387000.00₸</t>
   </si>
   <si>
     <t>Кофемашина «Futurmat Ottima EVO Semiaut 2»;сталь оцинк.;11л;,H=42,L=52,1,B=71см;2,8Квт;белый</t>
   </si>
   <si>
     <t>07022129</t>
   </si>
@@ -1815,441 +1797,441 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <xdr:cNvPr id="36" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <xdr:cNvPr id="37" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <xdr:cNvPr id="38" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <xdr:cNvPr id="39" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <xdr:cNvPr id="40" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <xdr:cNvPr id="41" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <xdr:cNvPr id="42" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <xdr:cNvPr id="43" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <xdr:cNvPr id="45" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <xdr:cNvPr id="46" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <xdr:cNvPr id="47" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>48</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...28 lines deleted...]
-      <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -2520,62 +2502,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-holdera-dlya-kofemashiny-sanremo-02030852/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitel-rozhka-dlya-kofemashiny-sanremo-02030853/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-slepoy-dlya-kofemashiny-sanremo-02030854/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122653/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122654/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122656/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122657/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-peugeot-03172017/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-03173105/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-ilsa-04120254/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04120259/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04121702/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04121703/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022114/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-proxima-07022117/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-saeco-07022118/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030705/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030706/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030714/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030715/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030716/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030717/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030718/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030721/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013815/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013816/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013817/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013818/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013819/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013820/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013821/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-ochistki-molochnyh-sistem-kofemashin-cafedem-08013822/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-ochistki-zhernovov-kofemolok-cafedem-08013823/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-hold-03160737/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030726/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022128/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030725/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-kef-03160738/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-necta-07022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-gaggia-milano-07022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-07022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-03173910/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zhernova-eureka-02030858/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115krd/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-holdera-dlya-kofemashiny-sanremo-02030852/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitel-rozhka-dlya-kofemashiny-sanremo-02030853/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-slepoy-dlya-kofemashiny-sanremo-02030854/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122653/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122654/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122656/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-portafiltra-doppio-02122657/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-peugeot-03172017/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-03173105/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-ilsa-04120254/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04120259/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04121702/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schetka-dlya-promyvki-kofemashiny-doppio-04121703/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022114/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-proxima-07022117/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-saeco-07022118/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030705/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030706/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030714/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030715/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030716/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030717/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030718/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-eureka-07030721/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013815/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013816/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-dekalcinacii-kofemashin-cafedem-08013817/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013818/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013819/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013820/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-udaleniya-kofeynyh-masel-cafedem-08013821/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-ochistki-molochnyh-sistem-kofemashin-cafedem-08013822/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sredstvo-dlya-ochistki-zhernovov-kofemolok-cafedem-08013823/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022131/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022129/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030726/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022128/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-ottima-evo-07022130/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-07030725/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-kef-03160738/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022133/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-necta-07022134/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-gaggia-milano-07022135/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-07022136/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemolka-doppio-03173910/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zhernova-eureka-02030858/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofemashina-sanremo-07022115krd/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L50"/>
+  <dimension ref="A1:L49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I50" sqref="I50"/>
+      <selection activeCell="I49" sqref="I49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2904,1302 +2886,1273 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="L11" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>57</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="E17" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="E18" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D19" s="0">
         <v>163812</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D20" s="0">
         <v>163817</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>51</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="D22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>64</v>
+        <v>102</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="D23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>117</v>
+        <v>57</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C24" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="E27" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="F27" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="G27" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="F27" s="0" t="s">
+      <c r="H27" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="G27" s="0" t="s">
+      <c r="I27" s="1" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="E28" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>139</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="L28" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="E29" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>143</v>
-      </c>
-[...16 lines deleted...]
-        <v>145</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="E30" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F30" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="G30" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>149</v>
-      </c>
-[...13 lines deleted...]
-        <v>151</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="E31" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>153</v>
-      </c>
-[...16 lines deleted...]
-        <v>155</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>22</v>
+        <v>154</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="D32" s="0" t="s">
+      <c r="E32" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>158</v>
-      </c>
-[...13 lines deleted...]
-        <v>159</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="D33" s="0" t="s">
+      <c r="E33" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>151</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>164</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E34" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="G34" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="F34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H34" s="0" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>168</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L34" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>171</v>
       </c>
       <c r="E35" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="F35" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="G35" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="F35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H35" s="0" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>172</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>173</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
+      <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>176</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>177</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>179</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L36" s="0"/>
+      <c r="L36" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>182</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>183</v>
+        <v>30</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>184</v>
+        <v>31</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>30</v>
+        <v>177</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>31</v>
+        <v>178</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>183</v>
+        <v>30</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>184</v>
+        <v>31</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="E42" s="0" t="s">
         <v>200</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>31</v>
+        <v>201</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>205</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>206</v>
+        <v>14</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>207</v>
+        <v>15</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L43" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="E44" s="0" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L44" s="0"/>
+        <v>102</v>
+      </c>
+      <c r="L44" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="E45" s="0" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="D46" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E46" s="0"/>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L46" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C47" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E47" s="0"/>
+      <c r="E47" s="0" t="s">
+        <v>30</v>
+      </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>226</v>
+        <v>56</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L47" s="0"/>
+        <v>224</v>
+      </c>
+      <c r="L47" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="E48" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="F48" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="D48" s="0" t="s">
+      <c r="G48" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I48" s="1" t="s">
         <v>229</v>
-      </c>
-[...11 lines deleted...]
-        <v>56</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>230</v>
+        <v>18</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>231</v>
+        <v>81</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="D49" s="0"/>
       <c r="E49" s="0" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>16</v>
+        <v>79</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="0">
-        <v>1</v>
-[...28 lines deleted...]
-      <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -4210,51 +4163,50 @@
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
-    <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>