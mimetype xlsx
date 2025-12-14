--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -172,51 +172,51 @@
   <si>
     <t>YF31Silver,</t>
   </si>
   <si>
     <t>26 шт.</t>
   </si>
   <si>
     <t>Кофемолка «Брезил» ручная;,H=21см;коричнев.</t>
   </si>
   <si>
     <t>03172017</t>
   </si>
   <si>
     <t>Peugeot</t>
   </si>
   <si>
     <t>Brésil</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Кофемолки ручные</t>
   </si>
   <si>
-    <t>78864.00₸</t>
+    <t>101571.00₸</t>
   </si>
   <si>
     <t>Кофемолка ручная;сталь нерж.,дерево;черный,тем.дерево</t>
   </si>
   <si>
     <t>03173105</t>
   </si>
   <si>
     <t>NM250black</t>
   </si>
   <si>
     <t>78148.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Щетка для промывки кофемашины;нейлон,пластик;,L=15см;черный</t>
   </si>
   <si>
     <t>04120254</t>
   </si>
   <si>
     <t>07590000PVV</t>
   </si>
@@ -259,59 +259,65 @@
   <si>
     <t>04121703</t>
   </si>
   <si>
     <t>DA01</t>
   </si>
   <si>
     <t>10710.00₸</t>
   </si>
   <si>
     <t>Кофемашина «Sanremo ZOE 2G SED TA»;алюм.литой;10,3л;,H=60,2,L=72,B=52,8см;3,15Квт;черный,металлич.</t>
   </si>
   <si>
     <t>07022114</t>
   </si>
   <si>
     <t>UZN211212006B</t>
   </si>
   <si>
     <t>Кофемашины</t>
   </si>
   <si>
     <t>3021480.00₸</t>
   </si>
   <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
     <t>Кофемашина «Sanremo ZOE 2G SED TA»;алюм.литой;10,3л;,H=60,2,L=72,B=52,8см;3,15Квт;белый,металлич.</t>
   </si>
   <si>
     <t>07022115</t>
   </si>
   <si>
     <t>UZM211812006B</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
     <t>Кофемашина - суперавтомат PROXIMA F11 Big;,H=58,L=50,B=41см;1,7Квт;серый,черный</t>
   </si>
   <si>
     <t>07022117</t>
   </si>
   <si>
     <t>пе63.2</t>
   </si>
   <si>
     <t>Proxima</t>
   </si>
   <si>
     <t>1527743.00₸</t>
   </si>
   <si>
     <t>Кофемашина «Saeco Lirika OTC»;,H=42,9,L=21,5,B=37см;1,85Квт;черный</t>
   </si>
   <si>
     <t>07022118</t>
   </si>
   <si>
     <t>са077.1</t>
   </si>
   <si>
     <t>Saeco</t>
@@ -322,53 +328,50 @@
   <si>
     <t>Кофемолка «Atom Specialty 75 E» (на 1,4 кг кофе);алюм.литой,сталь закал.;,H=57,L=22,7,B=18см;280вт;ч</t>
   </si>
   <si>
     <t>07030705</t>
   </si>
   <si>
     <t>Eureka</t>
   </si>
   <si>
     <t>Кофемолки электрические</t>
   </si>
   <si>
     <t>700700.00₸</t>
   </si>
   <si>
     <t>Кофемолка «Eureka Helios 65» (на 1,2 кг кофе);алюм.литой;,H=60,L=25,B=22см;280вт;черный,прозр.</t>
   </si>
   <si>
     <t>07030706</t>
   </si>
   <si>
     <t>569800.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Кофемолка ручная (45г кофе);сталь нерж.;D=59,H=146мм;черный</t>
   </si>
   <si>
     <t>07030714</t>
   </si>
   <si>
     <t>TQ01</t>
   </si>
   <si>
     <t>64022.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Кофемолка «Eureka Helios 65» (на 1,2 кг кофе);алюм.литой;,H=60,L=25,B=22см;280вт;белый,прозр.</t>
   </si>
   <si>
     <t>07030715</t>
   </si>
   <si>
     <t>EZC6HB23M90H00EAC101</t>
   </si>
   <si>
     <t>608300.00₸</t>
@@ -448,123 +451,126 @@
   <si>
     <t>Средство для декальцинации кофемашин «Асидем D12» экологичное;1л;,H=24,L=26см;белый</t>
   </si>
   <si>
     <t>08013816</t>
   </si>
   <si>
     <t>D12</t>
   </si>
   <si>
     <t>5621.00₸</t>
   </si>
   <si>
     <t>Средство для декальцинации кофемашин «Асидем D22» порошковое 1 кг;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013817</t>
   </si>
   <si>
     <t>D22</t>
   </si>
   <si>
     <t>12474.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Средство для удаления кофейных масел «Алкадем G21» порошковое 1 кг;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013818</t>
   </si>
   <si>
     <t>G21</t>
   </si>
   <si>
     <t>Алкадем</t>
   </si>
   <si>
     <t>7469.00₸</t>
   </si>
   <si>
     <t>Средство для удаления кофейных масел «Алкадем G31» таблетированное (100 шт.);,H=10,L=22,5см;белый</t>
   </si>
   <si>
     <t>08013819</t>
   </si>
   <si>
     <t>G31</t>
   </si>
   <si>
     <t>6083.00₸</t>
   </si>
   <si>
-    <t>39 шт.</t>
+    <t>48 шт.</t>
   </si>
   <si>
     <t>Средство для удаления кофейных масел «Алкадем G32» таблетированное (100 шт.);,H=10,L=22,5см;белый</t>
   </si>
   <si>
     <t>08013820</t>
   </si>
   <si>
     <t>G32</t>
   </si>
   <si>
     <t>6853.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Средство для удаления кофейных масел «Алкадем G33» таблетированное (80 шт.);,H=10,L=22,5см;белый</t>
   </si>
   <si>
     <t>08013821</t>
   </si>
   <si>
     <t>G33</t>
   </si>
   <si>
     <t>7315.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Средство для очистки молочных систем кофемашин «Алкадем М12» экологичное;1л;,H=24,L=26см;белый</t>
   </si>
   <si>
     <t>08013822</t>
   </si>
   <si>
     <t>М12</t>
   </si>
   <si>
     <t>3388.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
   </si>
   <si>
     <t>Средство для очистки жерновов кофемолок «Алкадем К41» экологичное;,H=15,L=31см;белый</t>
   </si>
   <si>
     <t>08013823</t>
   </si>
   <si>
     <t>К41</t>
   </si>
   <si>
     <t>8701.00₸</t>
   </si>
   <si>
     <t>7 шт.</t>
   </si>
   <si>
     <t>Кофемашина «Futurmat Ottima EVO 2G»;сталь оцинк.;11л;,H=46,L=71,B=52см;2,8Квт;белый</t>
   </si>
   <si>
     <t>07022131</t>
   </si>
   <si>
     <t>MTF092HT</t>
   </si>
@@ -2918,51 +2924,51 @@
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>62</v>
@@ -3014,1139 +3020,1139 @@
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>80</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D19" s="0">
         <v>163812</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D20" s="0">
         <v>163817</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>51</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="L28" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>22</v>
+        <v>170</v>
       </c>
       <c r="L34" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>102</v>
+        <v>57</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E46" s="0"/>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>51</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D49" s="0"/>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>