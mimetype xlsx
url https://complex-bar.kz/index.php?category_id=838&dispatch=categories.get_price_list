--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -94,51 +94,51 @@
   <si>
     <t>78864.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Кофемолка ручная;сталь нерж.,дерево;черный,тем.дерево</t>
   </si>
   <si>
     <t>03173105</t>
   </si>
   <si>
     <t>NM250black</t>
   </si>
   <si>
     <t>Doppio</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>78148.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Кофемолка ручная (45г кофе);сталь нерж.;D=59,H=146мм;черный</t>
   </si>
   <si>
     <t>07030714</t>
   </si>
   <si>
     <t>TQ01</t>
   </si>
   <si>
     <t>64022.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Кофемолка ручная;сталь нерж.,дерево;серебрист.,тем.дерево</t>
   </si>
   <si>
     <t>03173910</t>
   </si>
   <si>
     <t>NM250silver</t>
   </si>