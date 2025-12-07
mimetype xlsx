--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -89,60 +89,60 @@
   <si>
     <t>Фильтры для воды</t>
   </si>
   <si>
     <t>409.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Фильтр для воды «ION X3» (ресурс 10 000 л);полипроп.;,H=47,L=20,B=9см;белый</t>
   </si>
   <si>
     <t>08014037</t>
   </si>
   <si>
     <t>HiWater</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>227150.00₸</t>
   </si>
   <si>
+    <t>Фильтр для воды «Nano-400» обратного осмоса (ресурс 45 000 л) из двух частей;полипроп.;11л;,H=45,L=2</t>
+  </si>
+  <si>
+    <t>08014038</t>
+  </si>
+  <si>
+    <t>446600.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
-  </si>
-[...7 lines deleted...]
-    <t>446600.00₸</t>
   </si>
   <si>
     <t>Фильтр для воды «RO-400» обратного осмоса c подоболочкой (ресурс 30 000л);полипроп.;11л;,H=50,L=25,B</t>
   </si>
   <si>
     <t>08014042</t>
   </si>
   <si>
     <t>608300.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Фильтр для воды «SL10» механической предочистки;,H=30,L=15,B=15см;синий</t>
   </si>
   <si>
     <t>08014043</t>
   </si>
   <si>
     <t>26950.00₸</t>
   </si>
   <si>
     <t>Фильтр для воды «BB10» механической предочистки;,H=38,L=20,B=23см;синий</t>
   </si>
@@ -1106,81 +1106,81 @@
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="80">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0"/>
       <c r="E3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D4" s="0"/>
       <c r="E4" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="0"/>
       <c r="E5" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
@@ -1423,51 +1423,51 @@
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="B14" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L14" s="0"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="0"/>
       <c r="E15" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>62</v>
       </c>