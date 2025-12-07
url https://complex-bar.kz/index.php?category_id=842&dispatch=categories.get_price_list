--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -76,165 +76,165 @@
   <si>
     <t>Кордиал «Павлова» C.O.D.E;стекло;0,5л;D=7,H=18см</t>
   </si>
   <si>
     <t>05034936</t>
   </si>
   <si>
     <t>CD-C009G0500-1</t>
   </si>
   <si>
     <t>C.O.D.E</t>
   </si>
   <si>
     <t>Cordial 0,5L</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Кордиалы</t>
   </si>
   <si>
     <t>4543.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Кордиал «Лимонный Крамбл» C.O.D.E;стекло;0,5л;D=7,H=18см</t>
+  </si>
+  <si>
+    <t>05039910</t>
+  </si>
+  <si>
+    <t>CD-C004G0500-1</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Кордиал «Лимонный Крамбл» C.O.D.E;стекло;0,5л;D=7,H=18см</t>
-[...5 lines deleted...]
-    <t>CD-C004G0500-1</t>
+    <t>Кордиал «Апельсин Фукумото / Французская Ваниль / Соль» C.O.D.E;стекло;0,5л;D=7,H=18см</t>
+  </si>
+  <si>
+    <t>05039911</t>
+  </si>
+  <si>
+    <t>CD-C001G0500-1</t>
+  </si>
+  <si>
+    <t>Кордиал «Черная Смородина / Ананасовый Экспресс / Лаванда» C.O.D.E;стекло;0,5л;D=7,H=18см</t>
+  </si>
+  <si>
+    <t>05039912</t>
+  </si>
+  <si>
+    <t>CD-C002G0500-1</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Кордиал «Апельсин Фукумото / Французская Ваниль / Соль» C.O.D.E;стекло;0,5л;D=7,H=18см</t>
-[...16 lines deleted...]
-  <si>
     <t>Кордиал «Ревень / Малина / Сицилийский Лимон» C.O.D.E;стекло;0,5л;D=7,H=18см</t>
   </si>
   <si>
     <t>05039913</t>
   </si>
   <si>
     <t>CD-C003G0500-1</t>
   </si>
   <si>
     <t>Кордиал «Жасмин / Яблоко / Розовая Гуава» C.O.D.E;стекло;0,5л;D=7,H=18см</t>
   </si>
   <si>
     <t>05045125</t>
   </si>
   <si>
     <t>CD-C005G0500-1</t>
   </si>
   <si>
     <t>Кордиал «Гранатовое Вино / Грецкий Орех / Яффа» C.O.D.E;стекло;0,5л;D=7,H=18см</t>
   </si>
   <si>
     <t>05045126</t>
   </si>
   <si>
     <t>CD-C006G0500-1</t>
   </si>
   <si>
     <t>Кордиал «Гранатовое Вино / Грецкий Орех / Яффа» C.O.D.E уцененный;стекло;0,5л;D=7,H=18см</t>
   </si>
   <si>
-    <t>05045126-А1</t>
+    <t>05045126-А2</t>
   </si>
   <si>
     <t>№6</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>05045126-А2</t>
-[...1 lines deleted...]
-  <si>
     <t>Кордиал «Личи / Белый Лотос / Кардамон» C.O.D.E;стекло;0,5л;D=7,H=18см</t>
   </si>
   <si>
     <t>05045127</t>
   </si>
   <si>
     <t>CD-C007G0500-1</t>
   </si>
   <si>
     <t>Кордиал «Тимьян / Лимонный Мирт / Груша» C.O.D.E;стекло;0,5л;D=7,H=18см</t>
   </si>
   <si>
     <t>05045128</t>
   </si>
   <si>
     <t>CD-C008G0500-1</t>
   </si>
   <si>
     <t>Кордиал «Рамуне / Грейпфрут / Ананас» C.O.D.E;стекло;0,5л;D=77,H=180мм</t>
   </si>
   <si>
     <t>05040204</t>
   </si>
   <si>
     <t>CD-C000G0500-1</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>05034936-А2</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
-    <t>Кордиал «Уцененный» «Рамуне / Грейпфрут / Ананас» C.O.D.E;стекло;0,5л;D=77,H=180,L=0,01,B=0,01мм</t>
-[...2 lines deleted...]
-    <t>05040204krd</t>
+    <t>Кордиал «Табак / Инжир» C.O.D.E;стекло;0,5л;D=85,H=180мм</t>
+  </si>
+  <si>
+    <t>05040211</t>
+  </si>
+  <si>
+    <t>CD-C011G0500-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -249,51 +249,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D2EB83F-9916-11EF-BC46-0050569297EB1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D2EBA84-9916-11EF-BC46-0050569297EB2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73780D73-9916-11EF-BC46-0050569297EB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670DED99-9916-11EF-BC46-0050569297EB4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670DEF8E-9916-11EF-BC46-0050569297EB5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D2EBB90-9916-11EF-BC46-0050569297EB6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73780C79-9916-11EF-BC46-0050569297EB7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22881C85-41AC-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48604578-41AC-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D2EB95E-9916-11EF-BC46-0050569297EB10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670DEEA5-9916-11EF-BC46-0050569297EB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D5F1D26-259E-11F0-BC4F-00505692C44712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65D1EC93-324C-11F0-BC4F-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E8F0ACB-6237-11F0-BC55-00505692E2D014.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D2EB83F-9916-11EF-BC46-0050569297EB1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D2EBA84-9916-11EF-BC46-0050569297EB2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73780D73-9916-11EF-BC46-0050569297EB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670DED99-9916-11EF-BC46-0050569297EB4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670DEF8E-9916-11EF-BC46-0050569297EB5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D2EBB90-9916-11EF-BC46-0050569297EB6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73780C79-9916-11EF-BC46-0050569297EB7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48604578-41AC-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D2EB95E-9916-11EF-BC46-0050569297EB9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670DEEA5-9916-11EF-BC46-0050569297EB10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D5F1D26-259E-11F0-BC4F-00505692C44711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65D1EC93-324C-11F0-BC4F-00505692C44712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12827AD8-C159-11F0-BC5A-00505692E2D013.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -644,80 +644,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -963,62 +933,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05034936/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05039910/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05039911/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05039912/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05039913/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05045125/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05045126/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05045126-a1/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05045126-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05045127/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05045128/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05040204/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05034936-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05040204krd/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05034936/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05039910/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05039911/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05039912/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05039913/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05045125/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05045126/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05045126-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05045127/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05045128/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05040204/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05034936-a2/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kordial-code-05040211/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L15"/>
+  <dimension ref="A1:L14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I15" sqref="I15"/>
+      <selection activeCell="I14" sqref="I14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1161,409 +1131,376 @@
         <v>28</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D13" s="0"/>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="L13" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D14" s="0"/>
+        <v>57</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>58</v>
+      </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="L14" s="0">
-        <v>6</v>
-[...30 lines deleted...]
-      <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
-    <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>