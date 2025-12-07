--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,362 +14,380 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
-    <t>Чай ; зеленый с жасмином листовой 500 г</t>
+    <t>Чай зеленый с жасмином листовой 500 г</t>
   </si>
   <si>
     <t>05090195</t>
   </si>
   <si>
     <t>Doppio</t>
   </si>
   <si>
     <t>Doppio tea</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Чай</t>
   </si>
   <si>
     <t>4189.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Чай «Эрл Грей» ; черный листовой 500 г</t>
+    <t>Чай «Эрл Грей» черный листовой 500 г</t>
   </si>
   <si>
     <t>05090196</t>
   </si>
   <si>
     <t>5983.00₸</t>
   </si>
   <si>
-    <t>Чай ; черный с чабрецом листовой 500 г</t>
+    <t>Чай черный с чабрецом листовой 500 г</t>
   </si>
   <si>
     <t>05090197</t>
   </si>
   <si>
     <t>6368.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Чай «Ассам» ; черный листовой 500 г</t>
+    <t>Чай «Ассам» черный листовой 500 г</t>
   </si>
   <si>
     <t>05090198</t>
   </si>
   <si>
     <t>5698.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Чай «Да Хун Пао» ; листовой бирюзовый 250 г</t>
+    <t>Чай «Да Хун Пао» листовой бирюзовый 250 г</t>
   </si>
   <si>
     <t>05090199</t>
   </si>
   <si>
     <t>3835.00₸</t>
   </si>
   <si>
-    <t>Чай «Ганпаудер» ; зеленый китайский листовой 500 г</t>
+    <t>Чай «Ганпаудер» зеленый китайский листовой 500 г</t>
   </si>
   <si>
     <t>05090200</t>
   </si>
   <si>
     <t>3889.00₸</t>
   </si>
   <si>
-    <t>Чай «Сенча» ; зеленый китайский листовой 500 г</t>
+    <t>Чай «Сенча» зеленый китайский листовой 500 г</t>
   </si>
   <si>
     <t>05090201</t>
   </si>
   <si>
     <t>4605.00₸</t>
   </si>
   <si>
-    <t>Чай «Дикие травы» ; травяной листовой 500 г</t>
+    <t>Чай «Дикие травы» травяной листовой 500 г</t>
   </si>
   <si>
     <t>05090202</t>
   </si>
   <si>
     <t>6237.00₸</t>
   </si>
   <si>
-    <t>Чай «Фруктовый вальс» ; фруктовый листовой 500 г</t>
+    <t>Чай «Фруктовый вальс» фруктовый листовой 500 г</t>
   </si>
   <si>
     <t>05090203</t>
   </si>
   <si>
     <t>6692.00₸</t>
   </si>
   <si>
+    <t>Чай «Молочный улун» зеленый листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090210</t>
+  </si>
+  <si>
+    <t>5668.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Таежный с шишками» черный листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090278</t>
+  </si>
+  <si>
+    <t>8640.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Поцелуй гейши» черный индийский листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090272</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Чай «Ройбуш» травяной листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090270</t>
+  </si>
+  <si>
+    <t>6538.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Чай «Матча зеленая» зеленый молотый 500 г</t>
+  </si>
+  <si>
+    <t>05090267</t>
+  </si>
+  <si>
+    <t>9849.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Зеленый остров» зеленый листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090276</t>
+  </si>
+  <si>
+    <t>7346.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Фруктовый Попурри» фруктовый листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090279</t>
+  </si>
+  <si>
+    <t>7654.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Напиток долголетия» фруктовый листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090273</t>
+  </si>
+  <si>
+    <t>8247.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Матча синяя» синий тайский молотый 500 г</t>
+  </si>
+  <si>
+    <t>05090268</t>
+  </si>
+  <si>
+    <t>29522.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Иван чай» травяной листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090271</t>
+  </si>
+  <si>
+    <t>11327.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Чай «Барбарисовый» зеленый китайский листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090274</t>
+  </si>
+  <si>
+    <t>7154.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Чай «Гречишный» травяной с темной обжаркой 500 г</t>
+  </si>
+  <si>
+    <t>05090266</t>
+  </si>
+  <si>
+    <t>3504.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Тропический рай» черный листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090277</t>
+  </si>
+  <si>
+    <t>7331.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Пуэр Гун Тин» черный китайский листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090269</t>
+  </si>
+  <si>
+    <t>8055.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Цветочная поляна» зеленый китайский листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090275</t>
+  </si>
+  <si>
+    <t>7054.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Матча зеленая» зеленый молотый 250 г</t>
+  </si>
+  <si>
+    <t>05090282</t>
+  </si>
+  <si>
+    <t>5306.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Матча синяя» синий тайский молотый 250 г</t>
+  </si>
+  <si>
+    <t>05090281</t>
+  </si>
+  <si>
+    <t>15062.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Солнечная Карамелла» черный листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090359</t>
+  </si>
+  <si>
+    <t>8701.00₸</t>
+  </si>
+  <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Чай ; «Молочный улун» зеленый листовой 500 г</t>
-[...167 lines deleted...]
-    <t>15062.00₸</t>
+    <t>Чай «Ягодное лукошко» черный листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090360</t>
+  </si>
+  <si>
+    <t>8008.00₸</t>
+  </si>
+  <si>
+    <t>Чай «Алтайские вершины» черный листовой 500 г</t>
+  </si>
+  <si>
+    <t>05090358</t>
+  </si>
+  <si>
+    <t>7084.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1458,62 +1476,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090195/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090196/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090197/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090198/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090199/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090200/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090201/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090203/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-molochnyy-ulun-doppio-05090210/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090278/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090272/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090270/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090267/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090276/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090279/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090273/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090268/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090271/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090274/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090266/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090277/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090269/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090275/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090282/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090281/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090195/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090196/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090197/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090198/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090199/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090200/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090201/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090203/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-molochnyy-ulun-doppio-05090210/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090278/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090272/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090270/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090267/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090276/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090279/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090273/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090268/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090271/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090274/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090266/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090277/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090269/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090275/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090282/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090281/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090359/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090360/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chay-doppio-05090358/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L27"/>
+  <dimension ref="A1:L30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I27" sqref="I27"/>
+      <selection activeCell="I30" sqref="I30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1680,51 +1698,51 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="0"/>
       <c r="E6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L6" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="0"/>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
@@ -1776,179 +1794,179 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="0"/>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="0"/>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>45</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D11" s="0"/>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D12" s="0"/>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D13" s="0"/>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="L13" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="0"/>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
@@ -1968,469 +1986,559 @@
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="0"/>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>61</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="D16" s="0"/>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D17" s="0"/>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D19" s="0"/>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L19" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D20" s="0"/>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="L20" s="0">
         <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D21" s="0"/>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D22" s="0"/>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>87</v>
+        <v>26</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D23" s="0"/>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>91</v>
+        <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D24" s="0"/>
       <c r="E24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D25" s="0"/>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L25" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D26" s="0"/>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D27" s="0"/>
       <c r="E27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>25</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customHeight="1" ht="80">
+      <c r="B28" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="D28" s="0"/>
+      <c r="E28" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="0"/>
+      <c r="G28" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="J28" s="0"/>
+      <c r="K28" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="L28" s="0">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customHeight="1" ht="80">
+      <c r="B29" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="D29" s="0"/>
+      <c r="E29" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F29" s="0"/>
+      <c r="G29" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="J29" s="0"/>
+      <c r="K29" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="L29" s="0">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="80">
+      <c r="B30" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="D30" s="0"/>
+      <c r="E30" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="0"/>
+      <c r="G30" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="J30" s="0"/>
+      <c r="K30" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="L30" s="0">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>