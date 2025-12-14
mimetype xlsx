--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -134,179 +134,176 @@
   <si>
     <t>02150707</t>
   </si>
   <si>
     <t>MITTM</t>
   </si>
   <si>
     <t>2026.00₸</t>
   </si>
   <si>
     <t>Рукавицы защитные (пара) до 250 С, замша;,L=43см;коричнев.,белый</t>
   </si>
   <si>
     <t>04141962</t>
   </si>
   <si>
     <t>KL</t>
   </si>
   <si>
     <t>ПАКИСТАН</t>
   </si>
   <si>
     <t>26796.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Перчатки виниловые размер (M)[100шт];винил;прозр.</t>
   </si>
   <si>
     <t>04141968</t>
   </si>
   <si>
     <t>KR003983</t>
   </si>
   <si>
     <t>OP</t>
   </si>
   <si>
     <t>2618.00₸</t>
   </si>
   <si>
     <t>Перчатки виниловые размер (L)[100шт];винил;прозр.</t>
   </si>
   <si>
     <t>04141969</t>
   </si>
   <si>
     <t>KR002960</t>
   </si>
   <si>
     <t>18 шт.</t>
   </si>
   <si>
     <t>Рукавица защитная (до 350 С);силикон;,L=29,B=14см;черный</t>
   </si>
   <si>
     <t>04142404</t>
   </si>
   <si>
     <t>48514-00</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>70263.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Перчатка защитн. д/разд.мяса,раз.М;сталь нерж.;,L=23,B=16см;металлич.,красный</t>
   </si>
   <si>
     <t>04142405</t>
   </si>
   <si>
     <t>48505-02</t>
   </si>
   <si>
     <t>194287.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Рукавицы д/кондитера t=300C(пара);кожа;,L=42,5,B=15см;оранжев.,серый</t>
   </si>
   <si>
     <t>04142406</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>37969.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
+    <t>более 100 шт.</t>
   </si>
   <si>
     <t>Рукавицы защитные (пара) до +450c;серый,коричнев.</t>
   </si>
   <si>
     <t>04142407</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>39363.00₸</t>
   </si>
   <si>
     <t>Рукавицы д/кондитера,укороченные (пара);кожа;,L=27,5,B=14,5см;серый,оранжев.</t>
   </si>
   <si>
     <t>04142408</t>
   </si>
   <si>
     <t>39501.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Перчатки д/кондитера, укорочен. t=250С (пара);кожа;,L=31,B=16см;серый,оранжев.</t>
   </si>
   <si>
     <t>04142409</t>
   </si>
   <si>
     <t>36745.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Перчатки д/кондитера t=300C(пара);кожа;,L=43,B=19см;серый,оранжев.</t>
   </si>
   <si>
     <t>04142410</t>
   </si>
   <si>
     <t>46886.00₸</t>
   </si>
   <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
     <t>Перчатка защит. д/раздел.мяса,разм.L;сталь нерж.;,L=24,B=14см;металлич.</t>
   </si>
   <si>
     <t>04142411</t>
   </si>
   <si>
     <t>244191.00₸</t>
   </si>
   <si>
     <t>Перчатка защитн. д/раздел.мяса,раз.S;сталь нерж.</t>
   </si>
   <si>
     <t>04142417</t>
   </si>
   <si>
     <t>139648.00₸</t>
   </si>
   <si>
     <t>Перчатка защитн. д/раздел.мяса,раз.М;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>04142418</t>
   </si>
   <si>
     <t>174105.00₸</t>
@@ -356,50 +353,53 @@
   <si>
     <t>CO81210282</t>
   </si>
   <si>
     <t>Перчатки</t>
   </si>
   <si>
     <t>pr006658</t>
   </si>
   <si>
     <t>Перчатки БИЗЕ Пч -101м/10 95%СО 5%LY (24р. черный)- XL</t>
   </si>
   <si>
     <t>pr179877</t>
   </si>
   <si>
     <t>04143000</t>
   </si>
   <si>
     <t>ТД Базис</t>
   </si>
   <si>
     <t>10010.00₸</t>
   </si>
   <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
     <t>Рукавицы защитные (пара) до +250C;кожа,текстиль;,L=45,B=15см;коричнев.,белый</t>
   </si>
   <si>
     <t>04142420</t>
   </si>
   <si>
     <t>GL 2</t>
   </si>
   <si>
     <t>Martellato</t>
   </si>
   <si>
     <t>24279.00₸</t>
   </si>
   <si>
     <t>Рукавицы защитные (пара) до +250C;кожа,текстиль;,L=37,B=17см;серый</t>
   </si>
   <si>
     <t>04142421</t>
   </si>
   <si>
     <t>GL 3</t>
   </si>
   <si>
     <t>Перчатка защитная для разделки XXL;сталь нерж.;металлич.,синий</t>
@@ -411,53 +411,50 @@
     <t>CRG-XXL</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>5565.00₸</t>
   </si>
   <si>
     <t>Перчатки защитные для разделки XL;сталь нерж.;металлич.,синий</t>
   </si>
   <si>
     <t>04142437</t>
   </si>
   <si>
     <t>CRG-XL</t>
   </si>
   <si>
     <t>Перчатка защитная термостойкая;силикон;в ассорт.</t>
   </si>
   <si>
     <t>04142439</t>
   </si>
   <si>
     <t>3850.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>14 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1835,509 +1832,509 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D11" s="0">
         <v>773002</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L11" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D12" s="0">
         <v>88090</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D13" s="0">
         <v>773001</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="L13" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D14" s="0">
         <v>773011</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="L14" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D15" s="0">
         <v>773012</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="L15" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D16" s="0">
         <v>100039</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D17" s="0">
         <v>100037</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D18" s="0">
         <v>100038</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D20" s="0">
         <v>16067</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D21" s="0"/>
       <c r="E21" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0"/>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D22" s="0"/>
       <c r="E22" s="0"/>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="B23" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D23" s="0"/>
       <c r="E23" s="0"/>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="B24" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D24" s="0"/>
       <c r="E24" s="0"/>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D25" s="0">
         <v>16067</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>78</v>
+        <v>112</v>
       </c>
       <c r="L25" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>115</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>116</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
@@ -2374,120 +2371,120 @@
       </c>
       <c r="I27" s="1" t="s">
         <v>117</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="B28" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>123</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>124</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="B29" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>124</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D30" s="0">
         <v>17209</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>131</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="L30" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>