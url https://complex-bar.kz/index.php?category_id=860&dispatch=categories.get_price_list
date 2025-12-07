--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="558">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="554">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -116,51 +116,51 @@
   <si>
     <t>01010134</t>
   </si>
   <si>
     <t>B1012008</t>
   </si>
   <si>
     <t>13167.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков с крышкой;бамбук;470мл;D=8,H=15см;абрикос.,шоколад.</t>
   </si>
   <si>
     <t>01011048</t>
   </si>
   <si>
     <t>Avr</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>4451.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
+    <t>50 шт.</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Карактэр»;керамика;80мл;D=58,H=58мм;зелен.</t>
   </si>
   <si>
     <t>01011053</t>
   </si>
   <si>
     <t>Revol</t>
   </si>
   <si>
     <t>Caractere</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>11304.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Карактэр»;керамика;220мл;D=8,H=8см;коричнев.</t>
   </si>
   <si>
     <t>01011054</t>
   </si>
@@ -263,221 +263,221 @@
   <si>
     <t>Стакан для горячих напитков «Террес де Ревес»;керамика;310мл;D=85,H=95мм;болотн.</t>
   </si>
   <si>
     <t>01011105</t>
   </si>
   <si>
     <t>B5116123</t>
   </si>
   <si>
     <t>13714.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Террес де Ревес»;керамика;310мл;D=85,H=95мм;серый,коричнев.</t>
   </si>
   <si>
     <t>01011106</t>
   </si>
   <si>
     <t>B5116124</t>
   </si>
   <si>
     <t>17857.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
     <t>Стакан для горячих напитков;керамика;180мл;D=70,H=75мм;болотн.</t>
   </si>
   <si>
     <t>01011108</t>
   </si>
   <si>
     <t>B5116117</t>
   </si>
   <si>
     <t>Terres de R</t>
   </si>
   <si>
     <t>8501.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Аделаид»;фарфор;228мл;D=76,H=89мм;кремов.</t>
   </si>
   <si>
     <t>01020137</t>
   </si>
   <si>
     <t>6162RG130</t>
   </si>
   <si>
     <t>Robert Gordon</t>
   </si>
   <si>
     <t>Adelaide</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>2257.00₸</t>
   </si>
   <si>
     <t>Стакан для чая «Темпо»;стекло;115мл;D=57,H=83мм;прозр.</t>
   </si>
   <si>
     <t>01160201</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
-    <t>362.00₸</t>
-[...2 lines deleted...]
-    <t>13 шт.</t>
+    <t>308.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Стакан для чая;стекло;90мл;D=52,H=78мм;прозр.</t>
   </si>
   <si>
     <t>01160202</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>393.00₸</t>
   </si>
   <si>
     <t>Стакан для чая;стекло;160мл;D=65,H=95мм;прозр.</t>
   </si>
   <si>
     <t>01160203</t>
   </si>
   <si>
     <t>62511/b</t>
   </si>
   <si>
-    <t>560.00₸</t>
-[...2 lines deleted...]
-    <t>более 1 000 шт.</t>
+    <t>553.00₸</t>
   </si>
   <si>
     <t>Стакан для чая;стекло;250мл;D=68,H=103мм;прозр.</t>
   </si>
   <si>
     <t>01160204</t>
   </si>
   <si>
     <t>1031002-18822</t>
   </si>
   <si>
     <t>Neman</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>1664.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Стакан для чая;стекло;115мл;D=57,H=82мм;прозр.</t>
   </si>
   <si>
     <t>01160205</t>
   </si>
   <si>
     <t>42021opt</t>
   </si>
   <si>
     <t>401.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Стакан для чая;хрусталь;100мл;D=70,H=95мм</t>
   </si>
   <si>
     <t>01160208</t>
   </si>
   <si>
     <t>8845/900/119-21487</t>
   </si>
   <si>
     <t>3450.00₸</t>
   </si>
   <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
     <t>Стакан для чая;стекло;160мл;D=65,H=93мм;прозр.</t>
   </si>
   <si>
     <t>01160211</t>
   </si>
   <si>
     <t>55411/b</t>
   </si>
   <si>
-    <t>616.00₸</t>
+    <t>595.00₸</t>
   </si>
   <si>
     <t>Стакан для чая + розетка;стекло;160мл;,H=95мм;прозр.</t>
   </si>
   <si>
     <t>01160212</t>
   </si>
   <si>
     <t>96308/b</t>
   </si>
   <si>
     <t>Tea&amp;Coffee</t>
   </si>
   <si>
-    <t>1169.00₸</t>
+    <t>1127.00₸</t>
   </si>
   <si>
     <t>Стакан для чая;хрусталь;100мл;D=70,H=95мм;прозр.</t>
   </si>
   <si>
     <t>01160213</t>
   </si>
   <si>
     <t>8845/900/123-16305</t>
   </si>
   <si>
     <t>3027.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>01160214</t>
   </si>
   <si>
     <t>8845/900/124-47324</t>
   </si>
   <si>
     <t>3558.00₸</t>
   </si>
   <si>
     <t>Стакан для чая;хр.стекло;145мл;,H=88мм;прозр.</t>
   </si>
   <si>
     <t>01160215</t>
   </si>
   <si>
     <t>Nude</t>
   </si>
   <si>
     <t>Beykoz</t>
   </si>
   <si>
     <t>2796.00₸</t>
   </si>
   <si>
     <t>01160217</t>
@@ -497,51 +497,51 @@
   <si>
     <t>Стакан для чая «Анесон»;хр.стекло;120мл;D=54,H=102мм;прозр.</t>
   </si>
   <si>
     <t>01160231</t>
   </si>
   <si>
     <t>Anason</t>
   </si>
   <si>
     <t>4359.00₸</t>
   </si>
   <si>
     <t>Стакан для чая «Таймлесс»;стекло;170мл;D=64,H=96мм;прозр.</t>
   </si>
   <si>
     <t>01160232</t>
   </si>
   <si>
     <t>42881/b</t>
   </si>
   <si>
     <t>Timeless</t>
   </si>
   <si>
-    <t>665.00₸</t>
+    <t>567.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Фруассэ»;фарфор;80мл;D=65,H=60мм;золотой</t>
   </si>
   <si>
     <t>03130270</t>
   </si>
   <si>
     <t>Froisses</t>
   </si>
   <si>
     <t>21045.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Фруассэ» для эспрессо;фарфор;80мл;D=65,H=60мм;красный</t>
   </si>
   <si>
     <t>03130271</t>
   </si>
   <si>
     <t>6915.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Кафеино»;стекло;85мл;D=59,H=71мм;прозр.</t>
   </si>
@@ -821,50 +821,53 @@
   <si>
     <t>Dale Harris</t>
   </si>
   <si>
     <t>10031.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков;фарфор;200мл;D=75,H=75мм;бежев.</t>
   </si>
   <si>
     <t>03130784</t>
   </si>
   <si>
     <t>C109-01BCR</t>
   </si>
   <si>
     <t>Стакан для горячих напитков;фарфор;150мл;белый,салатов.</t>
   </si>
   <si>
     <t>03130785</t>
   </si>
   <si>
     <t>C109-05BCG</t>
   </si>
   <si>
+    <t>11270.00₸</t>
+  </si>
+  <si>
     <t>Стакан для горячих напитков;фарфор;80мл;D=6,H=6см;белый,голуб.</t>
   </si>
   <si>
     <t>03130786</t>
   </si>
   <si>
     <t>C109-09BCL</t>
   </si>
   <si>
     <t>9485.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков Nutty;фарфор;150мл;белый</t>
   </si>
   <si>
     <t>03130787</t>
   </si>
   <si>
     <t>C099-02BRA</t>
   </si>
   <si>
     <t>Brewers</t>
   </si>
   <si>
     <t>9023.00₸</t>
@@ -980,59 +983,50 @@
   <si>
     <t>03140602</t>
   </si>
   <si>
     <t>19381.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Пилатас» набор[2шт];стекло;350мл;D=8см;прозр.</t>
   </si>
   <si>
     <t>03140790</t>
   </si>
   <si>
     <t>10485-10</t>
   </si>
   <si>
     <t>Bodum</t>
   </si>
   <si>
     <t>Pilatus</t>
   </si>
   <si>
     <t>38367.00₸</t>
   </si>
   <si>
-    <t>Стакан для горячих напитков «Фруассэ»;фарфор;1л;D=14,2,H=15см;черный</t>
-[...7 lines deleted...]
-  <si>
     <t>Стакан для горячих напитков;термост.стекло;280мл</t>
   </si>
   <si>
     <t>03140875</t>
   </si>
   <si>
     <t>VCG-10</t>
   </si>
   <si>
     <t>Hario</t>
   </si>
   <si>
     <t>23590.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Арборесценс»;фарфор;180мл;D=80,H=85мм;слон.кость</t>
   </si>
   <si>
     <t>03140980</t>
   </si>
   <si>
     <t>11912.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
@@ -1238,102 +1232,102 @@
   <si>
     <t>Stili</t>
   </si>
   <si>
     <t>2765.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Галлоуэй»;керамика;200мл;D=80,H=65мм;черный</t>
   </si>
   <si>
     <t>03141766</t>
   </si>
   <si>
     <t>Galloway</t>
   </si>
   <si>
     <t>2495.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков с клапаном;полипроп.;350мл;D=92,H=124мм;бежев.</t>
   </si>
   <si>
     <t>09050544</t>
   </si>
   <si>
-    <t>1063.00₸</t>
+    <t>1155.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков с клапаном;полипроп.;450мл;D=92,H=147мм;зелен.</t>
   </si>
   <si>
     <t>09050545</t>
   </si>
   <si>
     <t>1140.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Счастье» с клапаном;полипроп.;350мл;D=92,H=124мм;бежев.,коричнев.</t>
   </si>
   <si>
     <t>09050546</t>
   </si>
   <si>
     <t>1309.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Геометрия»;полипроп.;350мл;D=92,H=124мм;бежев.,коричнев.</t>
   </si>
   <si>
     <t>09050547</t>
   </si>
   <si>
     <t>1194.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Трэвэл»;полипроп.;450мл;D=92,H=147мм;бежев.,зелен.</t>
   </si>
   <si>
     <t>09050548</t>
   </si>
   <si>
     <t>1325.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Геометрия»;полипроп.;450мл;D=92,H=147мм;бежев.,оранжев.</t>
   </si>
   <si>
     <t>09050549</t>
   </si>
   <si>
     <t>1263.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Стар Ро»;фарфор;180мл;белый</t>
   </si>
   <si>
     <t>09050550</t>
   </si>
   <si>
     <t>DQR9518</t>
   </si>
   <si>
     <t>G. Benedikt Karlovy Vary</t>
   </si>
   <si>
     <t>Star Raw</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
     <t>9433.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Твист Ро»;фарфор;250мл;белый</t>
   </si>
@@ -1358,80 +1352,65 @@
   <si>
     <t>12059.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Карактэр»;керамика;80мл;D=58,H=58мм;коричнев.</t>
   </si>
   <si>
     <t>09050557</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Карактэр»;керамика;80мл;D=58,H=58мм;бежев.,коричнев.</t>
   </si>
   <si>
     <t>09050558</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Дракон»;полипроп.;350мл;D=92,H=124мм;зелен.</t>
   </si>
   <si>
     <t>09050566</t>
   </si>
   <si>
     <t>2218.00₸</t>
   </si>
   <si>
-    <t>Стакан для горячих напитков набор[4шт];нерж.,пластик;1,3л</t>
-[...10 lines deleted...]
-  <si>
     <t>Стакан для горячих напитков «Новый год» с крышкой;полипроп.;400мл;красный</t>
   </si>
   <si>
     <t>09050588</t>
   </si>
   <si>
     <t>732.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Зайки» с крышкой;полипроп.;400мл;зелен.</t>
   </si>
   <si>
     <t>09050587</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Стакан для горячих напитков;фарфор;80мл;D=6,H=6см;желт.,белый</t>
   </si>
   <si>
     <t>03130833</t>
   </si>
   <si>
     <t>C109-17BYE</t>
   </si>
   <si>
     <t>7581.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков;фарфор;80мл;св. голуб.</t>
   </si>
   <si>
     <t>03130854</t>
   </si>
   <si>
     <t>C099-34BCL</t>
   </si>
   <si>
     <t>Embossed</t>
   </si>
   <si>
     <t>6734.00₸</t>
@@ -1496,50 +1475,53 @@
   <si>
     <t>03130840</t>
   </si>
   <si>
     <t>C099-54BDP</t>
   </si>
   <si>
     <t>Стакан для горячих напитков;фарфор;150мл;зелен.</t>
   </si>
   <si>
     <t>03130836</t>
   </si>
   <si>
     <t>C099-48BGR</t>
   </si>
   <si>
     <t>Стакан для горячих напитков;фарфор;80мл;св.зелен.</t>
   </si>
   <si>
     <t>03130855</t>
   </si>
   <si>
     <t>C099-31BCG</t>
   </si>
   <si>
+    <t>8246.00₸</t>
+  </si>
+  <si>
     <t>Стакан для горячих напитков;фарфор;250мл;D=90,H=75мм;св.зелен.</t>
   </si>
   <si>
     <t>03130848</t>
   </si>
   <si>
     <t>C099-29BCG</t>
   </si>
   <si>
     <t>Стакан для горячих напитков;фарфор;80мл;фиолет.</t>
   </si>
   <si>
     <t>03130856</t>
   </si>
   <si>
     <t>C099-58BPU</t>
   </si>
   <si>
     <t>Стакан для горячих напитков;фарфор;80мл;желт.</t>
   </si>
   <si>
     <t>03130851</t>
   </si>
   <si>
     <t>C099-43BYE</t>
@@ -1670,63 +1652,69 @@
   <si>
     <t>Стакан для горячих напитков;фарфор;250мл;D=90,H=75мм;зелен.</t>
   </si>
   <si>
     <t>03130846</t>
   </si>
   <si>
     <t>C099-47BGR</t>
   </si>
   <si>
     <t>Стакан для горячих напитков;фарфор;150мл;желт.</t>
   </si>
   <si>
     <t>03130839</t>
   </si>
   <si>
     <t>C099-39BSA</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Листья» с клапаном;полипроп.;450мл;D=92,H=147мм;черный</t>
   </si>
   <si>
     <t>09050590</t>
   </si>
   <si>
-    <t>0.00₸</t>
+    <t>1433.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Матрешки» с клапаном;полипроп.;450мл;D=92,H=147мм;черный,желт.</t>
   </si>
   <si>
     <t>09050589</t>
   </si>
   <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
     <t>Стакан для горячих напитков «Городские фантазии» с клапаном;полипроп.;450мл;D=92,H=147мм;оранжев.</t>
   </si>
   <si>
     <t>09050591</t>
+  </si>
+  <si>
+    <t>1440.00₸</t>
   </si>
   <si>
     <t>Стакан для горячих напитков «Мадре Терра» с клапаном;полипроп.;350мл;D=92,H=124мм;голуб.</t>
   </si>
   <si>
     <t>09050592</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1747,51 +1735,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A928E36C-20CB-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A928E4AC-20CB-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A928E40C-20CB-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E139F58F-3157-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF33C2B7-20CB-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C94B8BDC-2341-11EA-BBC7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B006C04-20CB-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A928E54C-20CB-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B006DF6-20CB-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B006CB6-20CB-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B006E96-20CB-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106DB99-20CB-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106DC39-20CB-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B006D56-20CB-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106DCD9-20CB-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF33C57F-20CB-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91B29C93-E3C5-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03D1241-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03D1245-424B-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E407FB0-E3C5-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84F4CBA0-20CB-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84F4CA3C-20CB-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84F4CAEE-20CB-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B4CAC1B-E3C5-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84F4C8D8-20CB-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84F4C826-20CB-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D18DF8-F150-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFD598CD-E567-11EF-BC53-00505692E2D028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFD599C7-E567-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FCC6AD-9B35-11ED-BC04-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EB0C1B1-32C8-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB7BAD3C-21B8-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBC87C7F-E567-11EF-BC53-00505692E2D033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AE12557-EA56-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DFF2983-E3D9-11EF-BC4E-00505692C44735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF425-424C-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5D06175-E567-11EF-BC53-00505692E2D037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C24BF72-21B9-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16101DBD-21B9-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DFF2A74-E3D9-11EF-BC4E-00505692C44740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F794DD97-21B8-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F794DB17-21B8-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1737BD0-21B8-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C24C1F2-21B9-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F17379F0-21B8-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB7BA8B8-21B8-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB7BAA1C-21B8-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1737A90-21B8-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C24C332-21B9-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E98582D1-814A-11E9-BBBA-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C24C292-21B9-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF828F28-814A-11E9-BBBA-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3CE666C-E3D2-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3CE666D-E3D2-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9E896D-21B8-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B24160-21B9-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B242C4-21B9-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9E8605-21B8-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16101A55-21B9-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161018DF-21B9-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1610197F-21B9-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC5006-21B9-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4EA2-21B9-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4F42-21B9-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B24388-21B9-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9E8541-21B8-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4CC2-21B9-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4D62-21B9-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1737C70-21B8-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBC879D3-E567-11EF-BC53-00505692E2D070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5708A18F-E3D4-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBC87AA9-E567-11EF-BC53-00505692E2D072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B13CD5F7-E3D2-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DFF2B5D-E3D9-11EF-BC4E-00505692C44774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/425F99DB-05D8-11EE-BC09-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4B82-21B9-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4AE2-21B9-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E56E7F5D-21B8-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E56E7EBD-21B8-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4C22-21B9-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E3C18-21B9-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B2-4255-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF828F2E-814A-11E9-BBBA-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF828F2F-814A-11E9-BBBA-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09C47902-21B9-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA887591-53FA-11EA-BBCE-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9E87E5-21B8-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9E88A9-21B8-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09C47616-21B9-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09C47A66-21B9-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90A5F155-FAD2-11EF-BC57-00505692E04991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C175DDE-083D-11ED-BBFC-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C175DDD-083D-11ED-BBFC-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B949812C-222F-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B94982D8-222F-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B949808C-222F-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B94981F0-222F-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3902E7D-4E8B-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED98D88C-4E8B-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1E833-DC9C-11ED-BC07-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1E715-DC9C-11ED-BC07-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1E9E1-DC9C-11ED-BC07-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0051CB6-F5E7-11EE-BC46-00505692C447103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE0C17F2-B332-11EF-BC4E-00505692C447104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE0C1910-B332-11EF-BC4E-00505692C447105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDE082E1-D74A-11EF-BC53-00505692E2D0106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0961B20-D74A-11EF-BC53-00505692E2D0107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4086D79-D74A-11EF-BC53-00505692E2D0108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F96CE1F8-D74A-11EF-BC53-00505692E2D0109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6C65D1E-D74A-11EF-BC53-00505692E2D0110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E09C3513-D74A-11EF-BC53-00505692E2D0111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E09C3719-D74A-11EF-BC53-00505692E2D0112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F33949BC-D74A-11EF-BC53-00505692E2D0113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3394B7A-D74A-11EF-BC53-00505692E2D0114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C09619FB-D74A-11EF-BC53-00505692E2D0115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA107F29-D74A-11EF-BC53-00505692E2D0116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C096190D-D74A-11EF-BC53-00505692E2D0117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7E5E9F9-D74A-11EF-BC53-00505692E2D0118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECF140C0-D74A-11EF-BC53-00505692E2D0119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6C65E66-D74A-11EF-BC53-00505692E2D0120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA295660-D74A-11EF-BC53-00505692E2D0121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDE081F9-D74A-11EF-BC53-00505692E2D0122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFC39C3F-D74A-11EF-BC53-00505692E2D0123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDE083C9-D74A-11EF-BC53-00505692E2D0124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECF13F90-D74A-11EF-BC53-00505692E2D0125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E09C361F-D74A-11EF-BC53-00505692E2D0126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3394AA4-D74A-11EF-BC53-00505692E2D0127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7E5E922-D74A-11EF-BC53-00505692E2D0128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4086E4F-D74A-11EF-BC53-00505692E2D0129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECF13E83-D74A-11EF-BC53-00505692E2D0130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7E5E816-D74A-11EF-BC53-00505692E2D0131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F96CE110-D74A-11EF-BC53-00505692E2D0132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA1080E9-D74A-11EF-BC53-00505692E2D0133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F96CE03A-D74A-11EF-BC53-00505692E2D0134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEFAE370-A9D2-11F0-BC4C-0050569297EB135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEFAE240-A9D2-11F0-BC4C-0050569297EB136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEFAE4C5-A9D2-11F0-BC4C-0050569297EB137.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A928E36C-20CB-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A928E4AC-20CB-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A928E40C-20CB-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E139F58F-3157-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF33C2B7-20CB-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C94B8BDC-2341-11EA-BBC7-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B006C04-20CB-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A928E54C-20CB-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B006DF6-20CB-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B006CB6-20CB-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B006E96-20CB-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106DB99-20CB-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106DC39-20CB-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B006D56-20CB-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9106DCD9-20CB-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF33C57F-20CB-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91B29C93-E3C5-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03D1241-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03D1245-424B-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E407FB0-E3C5-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84F4CBA0-20CB-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84F4CA3C-20CB-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84F4CAEE-20CB-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B4CAC1B-E3C5-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84F4C8D8-20CB-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84F4C826-20CB-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45D18DF8-F150-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFD598CD-E567-11EF-BC53-00505692E2D028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFD599C7-E567-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FCC6AD-9B35-11ED-BC04-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EB0C1B1-32C8-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB7BAD3C-21B8-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBC87C7F-E567-11EF-BC53-00505692E2D033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AE12557-EA56-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DFF2983-E3D9-11EF-BC4E-00505692C44735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF425-424C-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5D06175-E567-11EF-BC53-00505692E2D037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C24BF72-21B9-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16101DBD-21B9-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DFF2A74-E3D9-11EF-BC4E-00505692C44740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F794DD97-21B8-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F794DB17-21B8-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1737BD0-21B8-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C24C1F2-21B9-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F17379F0-21B8-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB7BA8B8-21B8-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB7BAA1C-21B8-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1737A90-21B8-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C24C332-21B9-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E98582D1-814A-11E9-BBBA-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C24C292-21B9-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF828F28-814A-11E9-BBBA-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3CE666C-E3D2-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3CE666D-E3D2-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9E896D-21B8-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B24160-21B9-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B242C4-21B9-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9E8605-21B8-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16101A55-21B9-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161018DF-21B9-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1610197F-21B9-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC5006-21B9-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4EA2-21B9-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4F42-21B9-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B24388-21B9-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9E8541-21B8-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4CC2-21B9-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4D62-21B9-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1737C70-21B8-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBC879D3-E567-11EF-BC53-00505692E2D070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5708A18F-E3D4-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B13CD5F7-E3D2-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DFF2B5D-E3D9-11EF-BC4E-00505692C44773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/425F99DB-05D8-11EE-BC09-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4B82-21B9-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4AE2-21B9-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E56E7F5D-21B8-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E56E7EBD-21B8-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FCC4C22-21B9-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221E3C18-21B9-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B2-4255-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF828F2E-814A-11E9-BBBA-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF828F2F-814A-11E9-BBBA-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09C47902-21B9-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA887591-53FA-11EA-BBCE-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9E87E5-21B8-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9E88A9-21B8-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09C47616-21B9-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09C47A66-21B9-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90A5F155-FAD2-11EF-BC57-00505692E04990.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C175DDE-083D-11ED-BBFC-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C175DDD-083D-11ED-BBFC-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B949812C-222F-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B94982D8-222F-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B949808C-222F-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B94981F0-222F-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3902E7D-4E8B-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED98D88C-4E8B-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1E833-DC9C-11ED-BC07-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1E715-DC9C-11ED-BC07-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CA1E9E1-DC9C-11ED-BC07-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0051CB6-F5E7-11EE-BC46-00505692C447102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE0C17F2-B332-11EF-BC4E-00505692C447103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE0C1910-B332-11EF-BC4E-00505692C447104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDE082E1-D74A-11EF-BC53-00505692E2D0105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0961B20-D74A-11EF-BC53-00505692E2D0106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4086D79-D74A-11EF-BC53-00505692E2D0107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F96CE1F8-D74A-11EF-BC53-00505692E2D0108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6C65D1E-D74A-11EF-BC53-00505692E2D0109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E09C3513-D74A-11EF-BC53-00505692E2D0110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E09C3719-D74A-11EF-BC53-00505692E2D0111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F33949BC-D74A-11EF-BC53-00505692E2D0112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3394B7A-D74A-11EF-BC53-00505692E2D0113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C09619FB-D74A-11EF-BC53-00505692E2D0114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA107F29-D74A-11EF-BC53-00505692E2D0115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C096190D-D74A-11EF-BC53-00505692E2D0116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7E5E9F9-D74A-11EF-BC53-00505692E2D0117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECF140C0-D74A-11EF-BC53-00505692E2D0118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6C65E66-D74A-11EF-BC53-00505692E2D0119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA295660-D74A-11EF-BC53-00505692E2D0120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDE081F9-D74A-11EF-BC53-00505692E2D0121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFC39C3F-D74A-11EF-BC53-00505692E2D0122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDE083C9-D74A-11EF-BC53-00505692E2D0123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECF13F90-D74A-11EF-BC53-00505692E2D0124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E09C361F-D74A-11EF-BC53-00505692E2D0125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3394AA4-D74A-11EF-BC53-00505692E2D0126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7E5E922-D74A-11EF-BC53-00505692E2D0127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4086E4F-D74A-11EF-BC53-00505692E2D0128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECF13E83-D74A-11EF-BC53-00505692E2D0129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7E5E816-D74A-11EF-BC53-00505692E2D0130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F96CE110-D74A-11EF-BC53-00505692E2D0131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA1080E9-D74A-11EF-BC53-00505692E2D0132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F96CE03A-D74A-11EF-BC53-00505692E2D0133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEFAE370-A9D2-11F0-BC4C-0050569297EB134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEFAE240-A9D2-11F0-BC4C-0050569297EB135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEFAE4C5-A9D2-11F0-BC4C-0050569297EB136.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4846,1053 +4834,1023 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="103" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>105</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="104" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <xdr:cNvPr id="105" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>106</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="105" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <xdr:cNvPr id="106" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>107</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="106" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <xdr:cNvPr id="107" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>108</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="107" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <xdr:cNvPr id="108" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>109</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="108" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <xdr:cNvPr id="109" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>110</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="109" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <xdr:cNvPr id="110" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="110" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <xdr:cNvPr id="111" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="111" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <xdr:cNvPr id="112" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>113</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="112" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <xdr:cNvPr id="113" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>114</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="113" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <xdr:cNvPr id="114" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>115</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="114" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <xdr:cNvPr id="115" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>116</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="115" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <xdr:cNvPr id="116" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="116" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <xdr:cNvPr id="117" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>118</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="117" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <xdr:cNvPr id="118" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>119</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="118" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <xdr:cNvPr id="119" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>120</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="119" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <xdr:cNvPr id="120" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>121</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="120" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <xdr:cNvPr id="121" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>122</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="121" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <xdr:cNvPr id="122" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="122" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <xdr:cNvPr id="123" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>124</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="123" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <xdr:cNvPr id="124" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>125</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="124" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <xdr:cNvPr id="125" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="125" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <xdr:cNvPr id="126" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>127</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="126" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <xdr:cNvPr id="127" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>128</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="127" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <xdr:cNvPr id="128" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="128" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <xdr:cNvPr id="129" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>130</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="129" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <xdr:cNvPr id="130" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>131</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <xdr:cNvPr id="131" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <xdr:cNvPr id="132" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>133</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="132" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <xdr:cNvPr id="133" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>134</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="133" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <xdr:cNvPr id="134" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>135</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <xdr:cNvPr id="135" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>136</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="" descr=""/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="136" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -6151,62 +6109,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01010132/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01010133/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01010134/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-napitkov-s-kryshkoy-avr-01011048/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-revol-01011053/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-revol-01011054/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-01011065/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-borisovskaya-keramika-01011068/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011101/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011102/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011103/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011104/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011105/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011106/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011108/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-robert-gordon-01020137/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-chaya-pasabahce-01160201/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-pasabahce-01160202/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-pasabahce-01160203/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-chaya-neman-01160204/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-opticheskiy-pasabahce-01160205/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-neman-01160208/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-s-ruchkoy-pasabahce-01160211/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chayarozetka-pasabahce-01160212/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-neman-01160213/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-neman-01160214/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-nude-01160215/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-neman-01160217/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-neman-01160218/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-nude-01160231/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-chaya-pasabahce-01160232/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-03130270/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130271/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-bormioli-rocco-03130285/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-kapuchino-revol-03130372/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-03130377/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130379/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-ristretto-serax-03130460/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-ristretto-serax-03130461/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-revol-03130596/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-kapuchino-revol-03130626/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-kapuchino-revol-03130665/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-serax-03130701/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kofe-serax-03130702/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-serax-03130710/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130714/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130718/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-03130719/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-revol-03130739/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-serax-03130741/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kofe-serax-03130742/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kofe-serax-03130743/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kofe-s-dvoynymi-stenkami-bormioli-luigi-03130780/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kofe-s-dvoynymi-stenkami-bormioli-luigi-03130781/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130783/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130784/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130785/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130786/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-nutty-loveramics-03130787/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-nutty-loveramics-03130788/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-nutty-loveramics-03130789/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-sweet-loveramics-03130790/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-sweet-loveramics-03130791/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-sweet-loveramics-03130792/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130796/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130797/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-revol-03130926/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-porvasal-03130996/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-serax-03130999/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-revol-03140602/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-termobokalov-bodum-03140790/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-myatyy-revol-03140799/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termobokal-hario-03140875/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-revol-03140980/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-dobrushskiy-farforovyy-zavod-03141053/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-serax-03141061/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-serax-03141062/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-03141169/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-03141170/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-arcoroc-03141244/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-revol-03141273/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-dobrushskiy-farforovyy-zavod-03141306/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-chaya-serax-03141316/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-chaya-serax-03141317/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-s-kryshkoy-fine-2-dine-03141399/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-fine-2-dine-03141729/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-fine-2-dine-03141730/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-fine-2-dine-03141731/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-cosy-and-trendy-03141736/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-kunstwerk-03141760/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-cosy-and-trendy-03141766/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050544/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050545/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050546/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050547/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050548/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050549/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-g-benedikt-karlovy-vary-09050550/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-g-benedikt-karlovy-vary-09050553/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-09050556/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-09050557/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-09050558/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050566/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-hold-09104021/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050588/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050587/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130833/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130854/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130850/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130132/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130844/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130847/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130133/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130840/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130836/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130855/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130848/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130856/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130851/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130841/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130837/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130857/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130834/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130131/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130832/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130842/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130845/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130838/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130852/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130849/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130843/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130853/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130835/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130846/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130839/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050590/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050589/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050591/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050592/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01010132/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01010133/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01010134/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-napitkov-s-kryshkoy-avr-01011048/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-revol-01011053/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-revol-01011054/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-01011065/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-borisovskaya-keramika-01011068/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011101/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011102/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011103/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011104/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011105/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011106/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-01011108/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-robert-gordon-01020137/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-chaya-pasabahce-01160201/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-pasabahce-01160202/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-pasabahce-01160203/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-chaya-neman-01160204/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-opticheskiy-pasabahce-01160205/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-neman-01160208/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-s-ruchkoy-pasabahce-01160211/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chayarozetka-pasabahce-01160212/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-neman-01160213/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-neman-01160214/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-nude-01160215/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-neman-01160217/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-neman-01160218/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakanchik-dlya-chaya-nude-01160231/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-chaya-pasabahce-01160232/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-03130270/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130271/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-bormioli-rocco-03130285/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-kapuchino-revol-03130372/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-03130377/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130379/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-ristretto-serax-03130460/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-ristretto-serax-03130461/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-revol-03130596/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-kapuchino-revol-03130626/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-kapuchino-revol-03130665/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-serax-03130701/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kofe-serax-03130702/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-serax-03130710/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130714/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-revol-03130718/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-03130719/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-revol-03130739/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-serax-03130741/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kofe-serax-03130742/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kofe-serax-03130743/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kofe-s-dvoynymi-stenkami-bormioli-luigi-03130780/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-kofe-s-dvoynymi-stenkami-bormioli-luigi-03130781/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130783/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130784/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130785/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130786/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-nutty-loveramics-03130787/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-nutty-loveramics-03130788/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-nutty-loveramics-03130789/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-sweet-loveramics-03130790/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-sweet-loveramics-03130791/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-sweet-loveramics-03130792/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130796/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-loveramics-03130797/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-revol-03130926/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-porvasal-03130996/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-espresso-serax-03130999/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-revol-03140602/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-termobokalov-bodum-03140790/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termobokal-hario-03140875/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-revol-03140980/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-dobrushskiy-farforovyy-zavod-03141053/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-serax-03141061/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-serax-03141062/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-03141169/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-serax-03141170/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-arcoroc-03141244/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-revol-03141273/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-dobrushskiy-farforovyy-zavod-03141306/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-chaya-serax-03141316/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-d-chaya-serax-03141317/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-s-kryshkoy-fine-2-dine-03141399/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-fine-2-dine-03141729/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-fine-2-dine-03141730/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-fine-2-dine-03141731/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-cosy-and-trendy-03141736/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-kunstwerk-03141760/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachego-cosy-and-trendy-03141766/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050544/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050545/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050546/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050547/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050548/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050549/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-g-benedikt-karlovy-vary-09050550/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-g-benedikt-karlovy-vary-09050553/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-09050556/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-09050557/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-revol-09050558/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050566/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050588/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050587/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130833/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130854/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130850/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130132/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130844/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130847/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130133/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130840/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130836/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130855/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130848/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130856/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130851/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130841/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130837/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130857/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130834/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130131/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130832/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130842/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130845/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130838/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130852/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130849/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130843/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130853/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130835/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130846/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-loveramics-03130839/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050590/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050589/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050591/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-dlya-goryachih-napitkov-restola-09050592/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L140"/>
+  <dimension ref="A1:L138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I140" sqref="I140"/>
+      <selection activeCell="I138" sqref="I138"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -6685,601 +6643,601 @@
         <v>78</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>58</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>81</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="L15" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D18" s="0">
         <v>42021</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D19" s="0">
         <v>42251</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>111</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>114</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>115</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>119</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>120</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>123</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>124</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="L24" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D28" s="0">
         <v>64031</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>144</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>145</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>146</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>149</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>151</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>124</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>138</v>
+        <v>60</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D31" s="0">
         <v>64072</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>144</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>154</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>155</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>158</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>159</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>160</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D33" s="0">
         <v>640627</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>163</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>38</v>
       </c>
@@ -7439,51 +7397,51 @@
         <v>181</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D38" s="0">
         <v>616096</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>163</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>183</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>186</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>187</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>64</v>
       </c>
@@ -8103,2765 +8061,2712 @@
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>266</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>267</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>260</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L58" s="0"/>
+      <c r="L58" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>260</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>260</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>261</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>260</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D68" s="0">
         <v>653609</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>173</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="0"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>235</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D71" s="0">
         <v>636266</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>163</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>641916</v>
+        <v>323</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>324</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="0">
-        <v>2</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>328</v>
+      </c>
+      <c r="D74" s="0">
+        <v>648843</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="F74" s="0"/>
+        <v>36</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>195</v>
+      </c>
       <c r="G74" s="0" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="L74" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>648843</v>
+        <v>332</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>333</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>38</v>
+        <v>113</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>332</v>
+        <v>20</v>
       </c>
       <c r="L75" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="F76" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>187</v>
+      </c>
       <c r="G76" s="0" t="s">
-        <v>113</v>
+        <v>64</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="0">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>187</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="0">
-        <v>4</v>
+        <v>48</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>187</v>
+        <v>58</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L78" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>58</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>15</v>
+        <v>355</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>58</v>
+        <v>356</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L80" s="0"/>
+      <c r="L80" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>359</v>
+      </c>
+      <c r="D81" s="0">
+        <v>654630</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>357</v>
+        <v>36</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>654630</v>
+        <v>363</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>364</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>38</v>
+        <v>113</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="L82" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="F83" s="0"/>
+        <v>15</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>235</v>
+      </c>
       <c r="G83" s="0" t="s">
-        <v>113</v>
+        <v>17</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="L83" s="0">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>235</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>374</v>
+        <v>375</v>
+      </c>
+      <c r="D85" s="0">
+        <v>604611</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>15</v>
+        <v>376</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>235</v>
+        <v>377</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L85" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L85" s="0"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="D86" s="0">
+        <v>604820</v>
+      </c>
+      <c r="E86" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="C86" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F86" s="0" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="0"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="D87" s="0">
+        <v>604821</v>
+      </c>
+      <c r="E87" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="F87" s="0" t="s">
         <v>381</v>
-      </c>
-[...10 lines deleted...]
-        <v>383</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D88" s="0">
-        <v>604821</v>
+        <v>604614</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
         <v>388</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>389</v>
       </c>
       <c r="D89" s="0">
-        <v>604614</v>
+        <v>9632009</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>9632009</v>
+        <v>394</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>395</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L90" s="0"/>
+      <c r="L90" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>400</v>
+      </c>
+      <c r="D91" s="0">
+        <v>3276008</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D92" s="0">
-        <v>3276008</v>
+        <v>434219634</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="L92" s="0">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D93" s="0">
-        <v>434219634</v>
+        <v>434219709</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="L93" s="0">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D94" s="0">
-        <v>434219709</v>
+        <v>43327723451</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="0">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D95" s="0">
-        <v>43327723451</v>
+        <v>43327723452</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>20</v>
+        <v>415</v>
       </c>
       <c r="L95" s="0">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D96" s="0">
-        <v>43327723452</v>
+        <v>433277309</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>417</v>
+        <v>20</v>
       </c>
       <c r="L96" s="0">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D97" s="0">
-        <v>433277309</v>
+        <v>433277308</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>20</v>
+        <v>422</v>
       </c>
       <c r="L97" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>433277308</v>
+        <v>424</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>425</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F98" s="0"/>
+        <v>426</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>427</v>
+      </c>
       <c r="G98" s="0" t="s">
-        <v>31</v>
+        <v>428</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>424</v>
+        <v>20</v>
       </c>
       <c r="L98" s="0">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="C99" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="E99" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="D99" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="0" t="s">
+      <c r="F99" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="G99" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="F99" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L99" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>434</v>
+        <v>436</v>
+      </c>
+      <c r="D100" s="0">
+        <v>652687</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>428</v>
+        <v>36</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>435</v>
+        <v>37</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>430</v>
+        <v>38</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L100" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L100" s="0"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D101" s="0">
-        <v>652687</v>
+        <v>652690</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L101" s="0"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
         <v>440</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>441</v>
       </c>
       <c r="D102" s="0">
-        <v>652690</v>
+        <v>652686</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
         <v>442</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>443</v>
       </c>
       <c r="D103" s="0">
-        <v>652686</v>
+        <v>435217036</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L103" s="0"/>
+      <c r="L103" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D104" s="0">
-        <v>435217036</v>
+        <v>43524420403</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
+      <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D105" s="0">
-        <v>12700079</v>
+        <v>43133520903</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>449</v>
+        <v>46</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>250</v>
+        <v>31</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L105" s="0"/>
+      <c r="L105" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>451</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>452</v>
       </c>
-      <c r="D106" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E106" s="0" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F106" s="0"/>
+        <v>259</v>
+      </c>
+      <c r="F106" s="0" t="s">
+        <v>260</v>
+      </c>
       <c r="G106" s="0" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>453</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
         <v>454</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="D107" s="0">
-        <v>43133520903</v>
+      <c r="D107" s="0" t="s">
+        <v>456</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F107" s="0"/>
+        <v>259</v>
+      </c>
+      <c r="F107" s="0" t="s">
+        <v>457</v>
+      </c>
       <c r="G107" s="0" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>456</v>
+        <v>20</v>
       </c>
       <c r="L107" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>260</v>
+        <v>457</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>464</v>
+        <v>260</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>465</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L109" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
         <v>466</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>467</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>468</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>260</v>
+        <v>457</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>472</v>
+        <v>453</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
         <v>473</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>474</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>475</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>464</v>
+        <v>260</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>476</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
         <v>477</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>478</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>479</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
         <v>480</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>481</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>482</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>260</v>
+        <v>457</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>483</v>
+        <v>469</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C115" s="0" t="s">
         <v>484</v>
       </c>
-      <c r="C115" s="0" t="s">
+      <c r="D115" s="0" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L115" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
         <v>487</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>488</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>489</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>476</v>
+        <v>453</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
         <v>490</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>491</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>492</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
         <v>493</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>494</v>
       </c>
       <c r="D118" s="0" t="s">
         <v>495</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G118" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L118" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
         <v>496</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>497</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>498</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
         <v>499</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>500</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>501</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L120" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
         <v>502</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>503</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>504</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>476</v>
+        <v>458</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L121" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
         <v>505</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>506</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>507</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>464</v>
+        <v>260</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>476</v>
+        <v>453</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L122" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
         <v>508</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>509</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>510</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>464</v>
+        <v>260</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>465</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L123" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
         <v>511</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>512</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>513</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>260</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L124" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>515</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>516</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>260</v>
+        <v>457</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L125" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
         <v>517</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>518</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>519</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>260</v>
+        <v>457</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
         <v>520</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>521</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>522</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L127" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
         <v>523</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>524</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>525</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
         <v>526</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>527</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>528</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>476</v>
+        <v>453</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L129" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>529</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="D130" s="0" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L130" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>532</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="D131" s="0" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L131" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>381</v>
+        <v>534</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>535</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>536</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L132" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
         <v>537</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>538</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>539</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L133" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
         <v>540</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>541</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>542</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>259</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L134" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
         <v>543</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>544</v>
       </c>
-      <c r="D135" s="0" t="s">
+      <c r="D135" s="0">
+        <v>43327731351</v>
+      </c>
+      <c r="E135" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="F135" s="0"/>
+      <c r="G135" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="H135" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I135" s="1" t="s">
         <v>545</v>
-      </c>
-[...13 lines deleted...]
-        <v>460</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L135" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
         <v>546</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>547</v>
       </c>
-      <c r="D136" s="0" t="s">
-        <v>548</v>
+      <c r="D136" s="0">
+        <v>433277313</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>476</v>
+        <v>548</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L136" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
         <v>549</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>550</v>
       </c>
       <c r="D137" s="0">
-        <v>43327731351</v>
+        <v>433277316</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>551</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L137" s="0"/>
+      <c r="L137" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
-      <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
         <v>552</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>553</v>
       </c>
       <c r="D138" s="0">
-        <v>433277313</v>
+        <v>433277231</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>551</v>
+        <v>411</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L138" s="0"/>
-[...58 lines deleted...]
-      <c r="L140" s="0"/>
+      <c r="L138" s="0">
+        <v>11</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -10959,52 +10864,50 @@
     <hyperlink ref="B114" r:id="rId_hyperlink_113"/>
     <hyperlink ref="B115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="B116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="B117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="B118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="B126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B127" r:id="rId_hyperlink_126"/>
     <hyperlink ref="B128" r:id="rId_hyperlink_127"/>
     <hyperlink ref="B129" r:id="rId_hyperlink_128"/>
     <hyperlink ref="B130" r:id="rId_hyperlink_129"/>
     <hyperlink ref="B131" r:id="rId_hyperlink_130"/>
     <hyperlink ref="B132" r:id="rId_hyperlink_131"/>
     <hyperlink ref="B133" r:id="rId_hyperlink_132"/>
     <hyperlink ref="B134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B135" r:id="rId_hyperlink_134"/>
     <hyperlink ref="B136" r:id="rId_hyperlink_135"/>
     <hyperlink ref="B137" r:id="rId_hyperlink_136"/>
     <hyperlink ref="B138" r:id="rId_hyperlink_137"/>
-    <hyperlink ref="B139" r:id="rId_hyperlink_138"/>
-    <hyperlink ref="B140" r:id="rId_hyperlink_139"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>