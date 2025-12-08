--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -88,63 +88,66 @@
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>Лафитники</t>
   </si>
   <si>
     <t>4520.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Рюмка лафитник;стекло;20мл;D=40,H=77мм;прозр.</t>
   </si>
   <si>
     <t>01070606</t>
   </si>
   <si>
     <t>9751/20-33098</t>
   </si>
   <si>
     <t>1240.00₸</t>
   </si>
   <si>
-    <t>более 1 000 шт.</t>
+    <t>36 шт.</t>
   </si>
   <si>
     <t>Рюмка лафитник;хрусталь;40мл;D=46,H=98мм;прозр.</t>
   </si>
   <si>
     <t>01070607</t>
   </si>
   <si>
     <t>9751/40/600/14-26565</t>
   </si>
   <si>
     <t>3219.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Рюмка лафитник;стекло;80мл;,H=10,3см;прозр.</t>
   </si>
   <si>
     <t>01070732</t>
   </si>
   <si>
     <t>9751/50-24846</t>
   </si>
   <si>
     <t>1641.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -743,79 +746,79 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>