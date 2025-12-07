--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -119,194 +119,200 @@
   <si>
     <t>2776.00₸</t>
   </si>
   <si>
     <t>Рюмка для граппы «Ризерва»;стекло;80мл;D=55,H=165мм;прозр.</t>
   </si>
   <si>
     <t>01071302</t>
   </si>
   <si>
     <t>166181GTG021990</t>
   </si>
   <si>
     <t>Bormioli Rocco</t>
   </si>
   <si>
     <t>Riserva</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>3758.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Рюмка для граппы «Спешелс»;стекло;90мл;D=5,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>01071305</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Specials</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка для граппы «Эдишн»;хр.стекло;90мл;D=40,H=180,B=62мм;прозр.</t>
+  </si>
+  <si>
+    <t>01071308</t>
+  </si>
+  <si>
+    <t>6050 3500</t>
+  </si>
+  <si>
+    <t>Rona</t>
+  </si>
+  <si>
+    <t>Edition</t>
+  </si>
+  <si>
+    <t>4944.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка для граппы «Эвер»;хр.стекло;95мл;D=40,H=175мм;прозр.</t>
+  </si>
+  <si>
+    <t>01071315</t>
+  </si>
+  <si>
+    <t>Schott Zwiesel</t>
+  </si>
+  <si>
+    <t>Ever</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>5614.00₸</t>
+  </si>
+  <si>
+    <t>Рюмка для граппы «Винотек»;хр.стекло;105мл;D=45/63,H=205мм;прозр.</t>
+  </si>
+  <si>
+    <t>01071610</t>
+  </si>
+  <si>
+    <t>A09651BYL02AA06</t>
+  </si>
+  <si>
+    <t>Bormioli Luigi</t>
+  </si>
+  <si>
+    <t>Vinoteque</t>
+  </si>
+  <si>
+    <t>4389.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Рюмка для граппы «Винотек»;хр.стекло;170мл;D=43/70,H=165мм;прозр.</t>
+  </si>
+  <si>
+    <t>01071611</t>
+  </si>
+  <si>
+    <t>A09649BYL02AA06</t>
+  </si>
+  <si>
+    <t>4636.00₸</t>
+  </si>
+  <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Рюмка для граппы «Спешелс»;стекло;90мл;D=5,H=16см;прозр.</t>
-[...32 lines deleted...]
-    <t>4944.00₸</t>
+    <t>Рюмка для граппы «Оупэн ап спирит»;хр.стекло;180мл;D=45,H=160мм;прозр.</t>
+  </si>
+  <si>
+    <t>01071622</t>
+  </si>
+  <si>
+    <t>U1062</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Open Up Spirit</t>
+  </si>
+  <si>
+    <t>6363.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Рюмка для граппы «Бар Спешиал»;хр.стекло;113мл;D=58,H=190мм;прозр.</t>
+  </si>
+  <si>
+    <t>01071623</t>
+  </si>
+  <si>
+    <t>Bar Special</t>
+  </si>
+  <si>
+    <t>8494.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Рюмка для граппы «Винтаж»;хр.стекло;95мл;,H=17,4см</t>
+  </si>
+  <si>
+    <t>01071628</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>Vintage</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>3943.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Рюмка для граппы «Эвер»;хр.стекло;95мл;D=40,H=175мм;прозр.</t>
-[...100 lines deleted...]
-  <si>
     <t>Рюмка для граппы «Аутентис»;хр.стекло;170мл;D=62,H=188мм;прозр.</t>
   </si>
   <si>
     <t>01071629</t>
   </si>
   <si>
     <t>Spiegelau</t>
   </si>
   <si>
     <t>Authentis</t>
   </si>
   <si>
     <t>16109.00₸</t>
   </si>
   <si>
     <t>Рюмка для граппы «Дива»;хр.стекло;125мл;D=44,H=202мм;прозр.</t>
   </si>
   <si>
     <t>01071630</t>
   </si>
   <si>
     <t>Diva</t>
   </si>
   <si>
     <t>4674.00₸</t>
@@ -338,63 +344,66 @@
   <si>
     <t>Zwiesel Glas</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>8717.00₸</t>
   </si>
   <si>
     <t>Рюмка для граппы «Ательер»;хр.стекло;80мл;D=6,H=16см;прозр.</t>
   </si>
   <si>
     <t>01071711</t>
   </si>
   <si>
     <t>A10649BYL02AA07</t>
   </si>
   <si>
     <t>Atelier</t>
   </si>
   <si>
     <t>3843.00₸</t>
   </si>
   <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
     <t>Рюмка для граппы;стекло;95мл;D=43,H=180мм;прозр.</t>
   </si>
   <si>
     <t>01071712</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>1333.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
+    <t>37 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1445,153 +1454,153 @@
         <v>41</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D7" s="0">
         <v>106225</v>
       </c>
       <c r="E7" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="F7" s="0" t="s">
+      <c r="G7" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="E8" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="D8" s="0" t="s">
+      <c r="F8" s="0" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="L8" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="D9" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>68</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>69</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
@@ -1599,301 +1608,301 @@
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>70</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D11" s="0">
         <v>111232</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>74</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>75</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D12" s="0">
         <v>66110</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D13" s="0">
         <v>4400170</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D14" s="0">
         <v>104101</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>68</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D16" s="0">
         <v>123404</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>47</v>
+        <v>109</v>
       </c>
       <c r="L17" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D18" s="0">
         <v>440111</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>