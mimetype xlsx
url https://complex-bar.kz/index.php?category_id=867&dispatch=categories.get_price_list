--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -67,191 +67,191 @@
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый двухслойный[20шт];картон;250мл;D=80,H=92мм;черный</t>
   </si>
   <si>
     <t>01010154</t>
   </si>
   <si>
     <t>Doppio</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Стаканы бумажные</t>
   </si>
   <si>
+    <t>1117.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Стакан бумажный одноразовый двухслойный[20шт];картон;300мл;D=90,H=111мм;черный</t>
+  </si>
+  <si>
+    <t>01010155</t>
+  </si>
+  <si>
+    <t>1456.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Стакан бумажный одноразовый двухслойный[20шт];картон;250мл;D=80,H=92мм;св.корич.</t>
+  </si>
+  <si>
+    <t>01010991</t>
+  </si>
+  <si>
     <t>1109.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...20 lines deleted...]
-    <t>1 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый двухслойный[20шт];картон;300мл;D=90,H=111мм;св.корич.</t>
   </si>
   <si>
     <t>01010992</t>
   </si>
   <si>
-    <t>1440.00₸</t>
+    <t>1487.00₸</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый двухслойный[18шт];картон;400мл;D=90,H=135мм;св.корич.</t>
   </si>
   <si>
     <t>01010993</t>
   </si>
   <si>
-    <t>1548.00₸</t>
-[...2 lines deleted...]
-    <t>более 50 шт.</t>
+    <t>1564.00₸</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с питейником[50шт];пластик;D=8,H=2см;черный,матовый</t>
   </si>
   <si>
     <t>01011644</t>
   </si>
   <si>
     <t>3002М/Ч</t>
   </si>
   <si>
     <t>Крышки для стаканов</t>
   </si>
   <si>
     <t>1040.00₸</t>
   </si>
   <si>
-    <t>более 1 000 шт.</t>
+    <t>более 500 шт.</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с питейником[50шт];пластик;D=9,H=2см;черный,матовый</t>
   </si>
   <si>
     <t>01011645</t>
   </si>
   <si>
     <t>3001М/Ч</t>
   </si>
   <si>
     <t>1155.00₸</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с питейником[50шт];пластик;D=8,H=2см;белый,матовый</t>
   </si>
   <si>
     <t>01011646</t>
   </si>
   <si>
     <t>3002М/Б</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для стакана одноразовая с питейником[50шт];пластик;D=9,H=2см;белый,матовый</t>
   </si>
   <si>
     <t>01011647</t>
   </si>
   <si>
     <t>3001М/Б</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с клапаном[100шт];пластик;D=9,H=2см;белый,матовый</t>
   </si>
   <si>
     <t>01011655</t>
   </si>
   <si>
     <t>000907</t>
   </si>
   <si>
     <t>2387.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>24 шт.</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с клапаном[100шт];пластик;D=8,H=2см;черный,матовый</t>
   </si>
   <si>
     <t>01011656</t>
   </si>
   <si>
     <t>000804</t>
   </si>
   <si>
     <t>1941.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
+    <t>48 шт.</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с клапаном[100шт];пластик;D=9,H=2см;черный,матовый</t>
   </si>
   <si>
     <t>01011657</t>
   </si>
   <si>
     <t>000906</t>
   </si>
   <si>
     <t>2372.00₸</t>
   </si>
   <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
     <t>Крышка для стакана одноразовая с питейником[100шт];пластик;D=8,H=2см;красный,матовый</t>
   </si>
   <si>
     <t>01011658</t>
   </si>
   <si>
     <t>011083</t>
   </si>
   <si>
     <t>2310.00₸</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с питейником[100шт];пластик;D=9,H=2см;красный,матовый</t>
   </si>
   <si>
     <t>01011659</t>
   </si>
   <si>
     <t>002095</t>
   </si>
   <si>
     <t>2618.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
@@ -295,171 +295,171 @@
   <si>
     <t>65435.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый двухслойный[18шт];картон;400мл;D=90,H=135мм;черный</t>
   </si>
   <si>
     <t>09050560</t>
   </si>
   <si>
     <t>1671.00₸</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый однослойный[50шт];бумага;100мл;D=62,H=62мм;белый</t>
   </si>
   <si>
     <t>09050567</t>
   </si>
   <si>
     <t>924.00₸</t>
   </si>
   <si>
+    <t>Стакан бумажный одноразовый однослойный[100шт];бумага;185мл;D=73,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>09050568</t>
+  </si>
+  <si>
     <t>15 шт.</t>
   </si>
   <si>
-    <t>Стакан бумажный одноразовый однослойный[100шт];бумага;185мл;D=73,H=80мм;белый</t>
-[...7 lines deleted...]
-  <si>
     <t>Стакан бумажный одноразовый однослойный[50шт];бумага;250мл;D=80,H=94мм;белый</t>
   </si>
   <si>
     <t>09050569</t>
   </si>
   <si>
     <t>1617.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
+    <t>45 шт.</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый однослойный[50шт];бумага;250мл;D=8,H=9см;белый</t>
   </si>
   <si>
     <t>09050570</t>
   </si>
   <si>
     <t>1579.00₸</t>
   </si>
   <si>
-    <t>28 шт.</t>
+    <t>21 шт.</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый однослойный[50шт];бумага;300мл;D=90,H=111мм;белый</t>
   </si>
   <si>
     <t>09050571</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый[50шт];бумага;250мл;D=8,H=9см;черный</t>
   </si>
   <si>
     <t>09050573</t>
   </si>
   <si>
     <t>1810.00₸</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый[50шт];бумага;300мл;D=90,H=111мм;черный</t>
   </si>
   <si>
     <t>09050574</t>
   </si>
   <si>
     <t>2464.00₸</t>
   </si>
   <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
     <t>Стакан бумажный одноразовый[50шт];бумага;400мл;D=90,H=135мм;черный</t>
   </si>
   <si>
     <t>09050575</t>
   </si>
   <si>
     <t>2926.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Стакан бумажный одноразовый[50шт];бумага;250мл;D=8,H=9см;красный</t>
   </si>
   <si>
     <t>09050576</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый[50шт];бумага;300мл;D=90,H=111мм;красный</t>
   </si>
   <si>
     <t>09050577</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый[50шт];бумага;400мл;D=90,H=135мм;красный</t>
   </si>
   <si>
     <t>09050578</t>
   </si>
   <si>
-    <t>31 шт.</t>
+    <t>30 шт.</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый однослойный[50шт];бумага;400мл;D=90,H=135мм;белый</t>
   </si>
   <si>
     <t>09050583</t>
   </si>
   <si>
     <t>2772.00₸</t>
   </si>
   <si>
     <t>Стакан бумажный одноразовый[50шт];бумага;400мл;D=90,H=135мм;белый</t>
   </si>
   <si>
     <t>09050584</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>09050585</t>
   </si>
   <si>
     <t>09050586</t>
   </si>
   <si>
     <t>СЛОВАКИЯ</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1884,147 +1884,147 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0">
         <v>320178</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" s="0">
         <v>220096</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" s="0">
         <v>320044</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D6" s="0">
         <v>420024</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>36</v>
@@ -2076,211 +2076,211 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>67</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>36</v>
@@ -2300,83 +2300,83 @@
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>76</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>80</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="0">
         <v>702104</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>84</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>36</v>
@@ -2396,531 +2396,531 @@
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D19" s="0">
         <v>420116</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>89</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D20" s="0">
         <v>100015</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>92</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>93</v>
+        <v>26</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D21" s="0">
         <v>205051</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D22" s="0">
         <v>250044</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D23" s="0">
         <v>250047</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D24" s="0">
         <v>300022</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D25" s="0">
         <v>250130</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D26" s="0">
         <v>300081</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>32</v>
+        <v>112</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D27" s="0">
         <v>400066</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D28" s="0">
         <v>250135</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>72</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D29" s="0">
         <v>300086</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D30" s="0">
         <v>400072</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D31" s="0">
         <v>400018</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D32" s="0">
         <v>400518</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D33" s="0">
         <v>250644</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>72</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D34" s="0">
         <v>300086</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>93</v>
+        <v>133</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>