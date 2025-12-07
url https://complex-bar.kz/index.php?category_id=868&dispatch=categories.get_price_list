--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -71,2121 +71,2121 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Сито для чая «Яйцо»;сталь;D=40,H=53мм;хромиров.</t>
   </si>
   <si>
     <t>02030602</t>
   </si>
   <si>
     <t>Ghidini</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Сита и фильтр-пакеты для чая</t>
   </si>
   <si>
     <t>3519.00₸</t>
   </si>
   <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Фильтр д/чайника;пластик;D=64,H=100,B=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>02030613</t>
+  </si>
+  <si>
+    <t>Trendglas</t>
+  </si>
+  <si>
+    <t>ВЕНГРИЯ</t>
+  </si>
+  <si>
+    <t>Фильтры для чайников</t>
+  </si>
+  <si>
+    <t>3981.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Фильтр д/чайника;стекло;D=60,H=78,B=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>02030614</t>
+  </si>
+  <si>
+    <t>7346.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Фильтр д/чайника;стекло;D=60,H=100,B=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>02030615</t>
+  </si>
+  <si>
+    <t>8463.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Фильтр д/чайника «Версаль»;фарфор;D=85,H=85,B=79мм;белый</t>
+  </si>
+  <si>
+    <t>02030616</t>
+  </si>
+  <si>
+    <t>0051</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>Wersal</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>2087.00₸</t>
+  </si>
+  <si>
+    <t>Сито для чая «Шар»;сталь нерж.;D=45,L=35мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02030620</t>
+  </si>
+  <si>
+    <t>42617-04</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>4782.00₸</t>
+  </si>
+  <si>
+    <t>Сито для чая «Шар»;сталь нерж.;D=50,L=35мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02030621</t>
+  </si>
+  <si>
+    <t>42617-05</t>
+  </si>
+  <si>
+    <t>4975.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Сито для чая «Шар»;сталь нерж.;D=65,L=35мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02030622</t>
+  </si>
+  <si>
+    <t>42617-06</t>
+  </si>
+  <si>
+    <t>5460.00₸</t>
+  </si>
+  <si>
+    <t>Сито для чая «Шар»;сталь нерж.;D=75,L=35мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02030623</t>
+  </si>
+  <si>
+    <t>42617-07</t>
+  </si>
+  <si>
+    <t>6838.00₸</t>
+  </si>
+  <si>
+    <t>Сито для чая с подставкой «Чайник»;сталь нерж.;D=60,H=25,L=60мм;серебрян.</t>
+  </si>
+  <si>
+    <t>02030625</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>1828.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр д/чайника «Мико»;сталь нерж.;D=80,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>02030627</t>
+  </si>
+  <si>
+    <t>13668.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Сито д/чайника;сталь нерж.;D=70,H=55мм;металлич.</t>
+  </si>
+  <si>
+    <t>02030630</t>
+  </si>
+  <si>
+    <t>WLT9923I</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>1631.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр для чайника 3150119;пластик;D=54,H=80,B=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>02030632</t>
+  </si>
+  <si>
+    <t>C23140010</t>
+  </si>
+  <si>
+    <t>804.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр для чайника 3150120;пластик;D=64,H=90,B=73мм;прозр.</t>
+  </si>
+  <si>
+    <t>02030633</t>
+  </si>
+  <si>
+    <t>C23140020</t>
+  </si>
+  <si>
+    <t>1196.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр для чайника 3150122;сталь;D=74/65,H=100мм;серебрян.</t>
+  </si>
+  <si>
+    <t>02030635</t>
+  </si>
+  <si>
+    <t>D10140020</t>
+  </si>
+  <si>
+    <t>4711.00₸</t>
+  </si>
+  <si>
+    <t>Сито для чая;пластик;D=127,H=50,L=125мм;черный</t>
+  </si>
+  <si>
+    <t>02030638</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>1194.00₸</t>
+  </si>
+  <si>
+    <t>Сито для чая;сталь нерж.;D=7,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>02030640</t>
+  </si>
+  <si>
+    <t>017348</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>6083.00₸</t>
+  </si>
+  <si>
+    <t>Сито для чая «Шар»;сталь нерж.;D=6,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>02030641</t>
+  </si>
+  <si>
+    <t>SM600</t>
+  </si>
+  <si>
+    <t>Net-pr</t>
+  </si>
+  <si>
+    <t>2230.00₸</t>
+  </si>
+  <si>
+    <t>Сито для чая с подставкой «Проотель»;сталь нерж.;D=62,H=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>02030642</t>
+  </si>
+  <si>
+    <t>SM710</t>
+  </si>
+  <si>
+    <t>1671.00₸</t>
+  </si>
+  <si>
+    <t>Сито д/чайника A18546 «Кунстверк»;металл;D=70,H=55мм</t>
+  </si>
+  <si>
+    <t>02030649</t>
+  </si>
+  <si>
+    <t>A18546S</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Сито д/чайника для арт3150251;сталь нерж.;D=75,H=70мм</t>
+  </si>
+  <si>
+    <t>02030651</t>
+  </si>
+  <si>
+    <t>6475 LY01</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>11643.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Сито для чая с подставкой;сталь нерж.;D=57,L=142мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02030652</t>
+  </si>
+  <si>
+    <t>TS109</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>2821.00₸</t>
+  </si>
+  <si>
+    <t>Сито-пружинка д/чайника 311223-300;D=25,L=50мм</t>
+  </si>
+  <si>
+    <t>02030656</t>
+  </si>
+  <si>
+    <t>210.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр-пакеты д/чая разм.М[100шт];бумага;,L=16,B=11см</t>
+  </si>
+  <si>
+    <t>02030660</t>
+  </si>
+  <si>
+    <t>ILMI</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>2511.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр-пакеты д/чая разм.L[100шт];бумага;,L=18,B=9см</t>
+  </si>
+  <si>
+    <t>02030661</t>
+  </si>
+  <si>
+    <t>Сито д/чайника;сталь нерж.;D=65,H=45мм</t>
+  </si>
+  <si>
+    <t>02030663</t>
+  </si>
+  <si>
+    <t>WLT9923</t>
+  </si>
+  <si>
+    <t>630.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр д/чайника 0.6л «Проотель»;сталь нерж.;D=82мм;металлич.</t>
+  </si>
+  <si>
+    <t>02030671</t>
+  </si>
+  <si>
+    <t>S/S FILTER M</t>
+  </si>
+  <si>
+    <t>280.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Фильтр для чайника «Проотель»;сталь нерж.;400мл;D=85,H=110мм;металлич.</t>
+  </si>
+  <si>
+    <t>02030672</t>
+  </si>
+  <si>
+    <t>S/S FILTER S</t>
+  </si>
+  <si>
+    <t>2359.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр для чайника 1л «Проотель»;термост.стекло;D=75/65,H=83мм;прозр.</t>
+  </si>
+  <si>
+    <t>02030673</t>
+  </si>
+  <si>
+    <t>GLASS FILTER B</t>
+  </si>
+  <si>
+    <t>1351.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Фильтр д/чайника 0.7л «Проотель»;термост.стекло;D=69/59,H=65мм;прозр.</t>
+  </si>
+  <si>
+    <t>02030674</t>
+  </si>
+  <si>
+    <t>GLASS FILTER M</t>
+  </si>
+  <si>
+    <t>1015.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Фильтр для чайника 0.4л «Проотель»;термост.стекло;D=60,H=49мм;металлич.</t>
+  </si>
+  <si>
+    <t>02030675</t>
+  </si>
+  <si>
+    <t>GLASS FILTER S</t>
+  </si>
+  <si>
+    <t>1008.00₸</t>
+  </si>
+  <si>
+    <t>Сито-пружинка д/чайников «Проотель»;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>02030676</t>
+  </si>
+  <si>
+    <t>Strainer</t>
+  </si>
+  <si>
+    <t>175.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр-пакеты д/чая разм.S[100шт];бумага;,L=135,B=70мм</t>
+  </si>
+  <si>
+    <t>02030683</t>
+  </si>
+  <si>
+    <t>Комплект д/подогрева чайника;стекло,сталь нерж.;D=138,H=77мм;прозр.,серебрян.</t>
+  </si>
+  <si>
+    <t>02121114</t>
+  </si>
+  <si>
+    <t>Подставки для чайников</t>
+  </si>
+  <si>
+    <t>19466.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Комплект д/подогрева чайника «Прити ти»;стекло,сталь нерж.;D=103,H=70,L=106мм;прозр.,серебрян.</t>
+  </si>
+  <si>
+    <t>02121115</t>
+  </si>
+  <si>
+    <t>Pretty Tea</t>
+  </si>
+  <si>
+    <t>16586.00₸</t>
+  </si>
+  <si>
+    <t>Набор д/подогрева бокалов</t>
+  </si>
+  <si>
+    <t>02121116</t>
+  </si>
+  <si>
+    <t>11016.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/подогрева чайника «Кунстверк»;фарфор;D=11,H=7см;белый</t>
+  </si>
+  <si>
+    <t>02121118</t>
+  </si>
+  <si>
+    <t>A4727</t>
+  </si>
+  <si>
+    <t>1862.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для чайника для 3150446;чугун;D=16,H=5см;черный</t>
+  </si>
+  <si>
+    <t>02121119</t>
+  </si>
+  <si>
+    <t>Trivet 0.9</t>
+  </si>
+  <si>
+    <t>3066.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/чайников 3150444/45;чугун;D=110,H=35мм;черный</t>
+  </si>
+  <si>
+    <t>02121120</t>
+  </si>
+  <si>
+    <t>Trivet 0.6/0.45</t>
+  </si>
+  <si>
+    <t>4767.00₸</t>
+  </si>
+  <si>
+    <t>Комплект д/подогрева чайника;сталь нерж.,стекло;D=114,H=55,L=114мм;прозр.,серебрян.</t>
+  </si>
+  <si>
+    <t>02121122</t>
+  </si>
+  <si>
+    <t>17672.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Комплект д/подогрева чайника «Проотель»;термост.стекло,металл;D=12,H=6см</t>
+  </si>
+  <si>
+    <t>02121125</t>
+  </si>
+  <si>
+    <t>TW001(TP073CANDLE)</t>
+  </si>
+  <si>
+    <t>4830.00₸</t>
+  </si>
+  <si>
+    <t>Комплект д/подогрева чайника б/свечи «Проотель»;термост.стекло,металл;D=12,H=6см</t>
+  </si>
+  <si>
+    <t>02121133</t>
+  </si>
+  <si>
+    <t>3220.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Оникс» (для арт. 307436);керамика;D=6,H=4см;черный</t>
+  </si>
+  <si>
+    <t>03033921</t>
+  </si>
+  <si>
+    <t>920109/1</t>
+  </si>
+  <si>
+    <t>Dymov</t>
+  </si>
+  <si>
+    <t>Оникс</t>
+  </si>
+  <si>
+    <t>Крышки для чайников</t>
+  </si>
+  <si>
+    <t>3342.00₸</t>
+  </si>
+  <si>
+    <t>Набор д/чая 4 предм. «Ти тайм»;стекло,нерж.;0,53л;,H=73,L=162,B=156мм;прозр.,серебрян.</t>
+  </si>
+  <si>
+    <t>03140407</t>
+  </si>
+  <si>
+    <t>TEA TIME</t>
+  </si>
+  <si>
+    <t>50297.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Америка»;фарфор;D=62,H=35мм;белый</t>
+  </si>
+  <si>
+    <t>03150503</t>
+  </si>
+  <si>
+    <t>Ameryka</t>
+  </si>
+  <si>
+    <t>3234.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Грэйс»;фарфор;D=78,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>03150504</t>
+  </si>
+  <si>
+    <t>Grace</t>
+  </si>
+  <si>
+    <t>3104.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Вейвел»;фарфор;D=5,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03150505</t>
+  </si>
+  <si>
+    <t>Wawel</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Мико»;стекло;D=7,H=5см;прозр.</t>
+  </si>
+  <si>
+    <t>03150506</t>
+  </si>
+  <si>
+    <t>Miko</t>
+  </si>
+  <si>
+    <t>8132.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Прага» 0.75л,1.2л;фарфор;D=10,H=5см;белый</t>
+  </si>
+  <si>
+    <t>03150508</t>
+  </si>
+  <si>
+    <t>PRA4275</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>3181.00₸</t>
+  </si>
+  <si>
+    <t>Крышка д/арт. 3150309 «Прага»;фарфор;400мл;D=7,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03150509</t>
+  </si>
+  <si>
+    <t>PRA3940</t>
+  </si>
+  <si>
+    <t>1625.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Прага» 600мл;фарфор;D=80/59мм;белый</t>
+  </si>
+  <si>
+    <t>03150510</t>
+  </si>
+  <si>
+    <t>PRA3960</t>
+  </si>
+  <si>
+    <t>Крышки для кофейников</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Прага» 1,2л;фарфор;D=9см;белый</t>
+  </si>
+  <si>
+    <t>03150511</t>
+  </si>
+  <si>
+    <t>PRA3912</t>
+  </si>
+  <si>
+    <t>4312.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Принцип»;фарфор;1,2л;D=115,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03150513</t>
+  </si>
+  <si>
+    <t>PRI4212</t>
+  </si>
+  <si>
+    <t>Princip</t>
+  </si>
+  <si>
+    <t>2811.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Мелодия» 600мл;фарфор;D=82мм;белый</t>
+  </si>
+  <si>
+    <t>03150521</t>
+  </si>
+  <si>
+    <t>MEL3960</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>2133.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника и чайника «Аркадия» 1000мл и 400мл;фарфор;D=65мм;белый</t>
+  </si>
+  <si>
+    <t>03150522</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>1040.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Аркадия»;фарфор;0,6л;D=10см;белый</t>
+  </si>
+  <si>
+    <t>03150523</t>
+  </si>
+  <si>
+    <t>632.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Кашуб-хел» 400мл;фарфор;D=7см;белый</t>
+  </si>
+  <si>
+    <t>03150524</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>409.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Кашуб-хел» 600мл;фарфор;D=8см;белый</t>
+  </si>
+  <si>
+    <t>03150525</t>
+  </si>
+  <si>
+    <t>747.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника универсальная D нижн=7см;стекло;,H=25мм;прозр.</t>
+  </si>
+  <si>
+    <t>03150529</t>
+  </si>
+  <si>
+    <t>5044.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Атлантис»;фарфор;D=95,H=52мм;белый</t>
+  </si>
+  <si>
+    <t>03150530</t>
+  </si>
+  <si>
+    <t>ATL4235</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Виктория»;фарфор;400мл;D=65,H=55,L=75,B=75мм;белый</t>
+  </si>
+  <si>
+    <t>03150531</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>3404.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника арт.C661 «Монако Вайт»;фарфор;,H=6,L=10,B=8см;белый</t>
+  </si>
+  <si>
+    <t>03150533</t>
+  </si>
+  <si>
+    <t>9001 C666</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>7392.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 0830, 0834 «Симплисити вайт-Хармони»;фарфор;D=6,H=6,L=8см;белый</t>
+  </si>
+  <si>
+    <t>03150534</t>
+  </si>
+  <si>
+    <t>1101 0846</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>6461.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,5л;D=5см;белый</t>
+  </si>
+  <si>
+    <t>03150536</t>
+  </si>
+  <si>
+    <t>A0256L</t>
+  </si>
+  <si>
+    <t>259.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,75л;D=65/52мм;белый</t>
+  </si>
+  <si>
+    <t>03150537</t>
+  </si>
+  <si>
+    <t>A6685L</t>
+  </si>
+  <si>
+    <t>588.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,5л;D=67/52мм;белый</t>
+  </si>
+  <si>
+    <t>03150538</t>
+  </si>
+  <si>
+    <t>A0212L</t>
+  </si>
+  <si>
+    <t>553.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,9л;D=85/68мм;белый</t>
+  </si>
+  <si>
+    <t>03150539</t>
+  </si>
+  <si>
+    <t>A0254L</t>
+  </si>
+  <si>
+    <t>427.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,95л;D=76/59мм;белый</t>
+  </si>
+  <si>
+    <t>03150540</t>
+  </si>
+  <si>
+    <t>A4181L</t>
+  </si>
+  <si>
+    <t>826.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,5л;D=7,H=5см;черный</t>
+  </si>
+  <si>
+    <t>03150541</t>
+  </si>
+  <si>
+    <t>A4372L</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;D=60/44мм;белый</t>
+  </si>
+  <si>
+    <t>03150542</t>
+  </si>
+  <si>
+    <t>A5232L</t>
+  </si>
+  <si>
+    <t>483.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,8л;D=73/55мм;белый</t>
+  </si>
+  <si>
+    <t>03150543</t>
+  </si>
+  <si>
+    <t>A1465L</t>
+  </si>
+  <si>
+    <t>511.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,7л;D=77/59мм;белый</t>
+  </si>
+  <si>
+    <t>03150544</t>
+  </si>
+  <si>
+    <t>A0255L</t>
+  </si>
+  <si>
+    <t>399.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;300мл;D=52/40мм;белый</t>
+  </si>
+  <si>
+    <t>03150545</t>
+  </si>
+  <si>
+    <t>A5231L</t>
+  </si>
+  <si>
+    <t>315.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;1,1л;D=85мм;белый</t>
+  </si>
+  <si>
+    <t>03150546</t>
+  </si>
+  <si>
+    <t>A0213L</t>
+  </si>
+  <si>
+    <t>476.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Проотель»;фарфор;260мл;D=5см;белый</t>
+  </si>
+  <si>
+    <t>03150548</t>
+  </si>
+  <si>
+    <t>lid1247-1</t>
+  </si>
+  <si>
+    <t>147.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Джейд»;кост.фарф.</t>
+  </si>
+  <si>
+    <t>03150550</t>
+  </si>
+  <si>
+    <t>61040-800001-34212</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Спайро»;фарфор;475мл;D=4,H=6,L=6см;белый</t>
+  </si>
+  <si>
+    <t>03150551</t>
+  </si>
+  <si>
+    <t>9032 C727</t>
+  </si>
+  <si>
+    <t>Spyro</t>
+  </si>
+  <si>
+    <t>7631.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Спайро» 340мл;фарфор;D=4см;белый</t>
+  </si>
+  <si>
+    <t>03150552</t>
+  </si>
+  <si>
+    <t>9032 C731</t>
+  </si>
+  <si>
+    <t>8047.00₸</t>
+  </si>
+  <si>
     <t>11 шт.</t>
   </si>
   <si>
-    <t>Фильтр д/чайника;пластик;D=64,H=100,B=85мм;прозр.</t>
-[...26 lines deleted...]
-    <t>7346.00₸</t>
+    <t>Крышка для чайника 0831, 0835 «Симплисити вайт-Хармони»;фарфор;D=55,H=50,L=70мм;белый</t>
+  </si>
+  <si>
+    <t>03150554</t>
+  </si>
+  <si>
+    <t>1101 0847</t>
+  </si>
+  <si>
+    <t>5498.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Спайро»;фарфор;0,795л;D=56,H=65,L=75мм;белый</t>
+  </si>
+  <si>
+    <t>03150555</t>
+  </si>
+  <si>
+    <t>9032 C725</t>
+  </si>
+  <si>
+    <t>8517.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Хани»;фарфор;420мл;D=85,H=60мм;бежев.</t>
+  </si>
+  <si>
+    <t>03150556</t>
+  </si>
+  <si>
+    <t>1543 A801</t>
+  </si>
+  <si>
+    <t>Honey Nat</t>
+  </si>
+  <si>
+    <t>6661.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 3150334 «Мелодия»;фарфор;D=78,H=43мм;белый</t>
+  </si>
+  <si>
+    <t>03150557</t>
+  </si>
+  <si>
+    <t>MEL4235</t>
+  </si>
+  <si>
+    <t>1787.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 3150335 «Мелодия»;фарфор;D=92,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03150558</t>
+  </si>
+  <si>
+    <t>MEL4275</t>
+  </si>
+  <si>
+    <t>3142.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Виктория»;фарфор;1л;D=75,H=55,L=91,B=91мм;белый</t>
+  </si>
+  <si>
+    <t>03150560</t>
+  </si>
+  <si>
+    <t>3273.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 3150120;пластик;D=85,H=47,L=84мм;черный</t>
+  </si>
+  <si>
+    <t>03150561</t>
+  </si>
+  <si>
+    <t>D21020039</t>
+  </si>
+  <si>
+    <t>392.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 3150122;сталь;D=90,H=40,L=87мм;серебрян.</t>
+  </si>
+  <si>
+    <t>03150563</t>
+  </si>
+  <si>
+    <t>D21020180</t>
+  </si>
+  <si>
+    <t>1990.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Айвори» 850мл;фарфор;D=55мм;айвори</t>
+  </si>
+  <si>
+    <t>03150565</t>
+  </si>
+  <si>
+    <t>1500 A802</t>
+  </si>
+  <si>
+    <t>Ivory</t>
+  </si>
+  <si>
+    <t>3119.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 3150119;пластик;D=68,H=43,L=68мм;черный</t>
+  </si>
+  <si>
+    <t>03150567</t>
+  </si>
+  <si>
+    <t>D21020029</t>
+  </si>
+  <si>
+    <t>322.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 0,9л;чугун;D=90/68,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>03150568</t>
+  </si>
+  <si>
+    <t>WLT9923-lid</t>
+  </si>
+  <si>
+    <t>2303.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Спайро» 600мл;фарфор;D=55мм;белый</t>
+  </si>
+  <si>
+    <t>03150570</t>
+  </si>
+  <si>
+    <t>9032 C729</t>
+  </si>
+  <si>
+    <t>6145.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 0833 «Симплисити вайт-Хармони»;фарфор;0,85л;D=8см;белый</t>
+  </si>
+  <si>
+    <t>03150571</t>
+  </si>
+  <si>
+    <t>1101 0845</t>
+  </si>
+  <si>
+    <t>7138.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Монако Вайт»;фарфор;,H=60,L=125,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03150572</t>
+  </si>
+  <si>
+    <t>9001 C665</t>
+  </si>
+  <si>
+    <t>8178.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,7л;D=77,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>03150573</t>
+  </si>
+  <si>
+    <t>A0255LW13</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Оптик»;фарфор;,L=70,B=45мм;белый</t>
+  </si>
+  <si>
+    <t>03150574</t>
+  </si>
+  <si>
+    <t>9118 C1034</t>
+  </si>
+  <si>
+    <t>Optik</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Террамеса Вит» 0367;фарфор;D=85/70,H=50мм;бежев.</t>
+  </si>
+  <si>
+    <t>03150575</t>
+  </si>
+  <si>
+    <t>1120 0494</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>5198.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Симплисити Вайт» 310мл;фарфор;D=5см;белый</t>
+  </si>
+  <si>
+    <t>03150576</t>
+  </si>
+  <si>
+    <t>1101 0848</t>
+  </si>
+  <si>
+    <t>2857.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 6020 «Афродита»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03150577</t>
+  </si>
+  <si>
+    <t>2621-white</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>3566.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Портофино» 3150327;фарфор;D=65мм;белый</t>
+  </si>
+  <si>
+    <t>03150578</t>
+  </si>
+  <si>
+    <t>PF069D10000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>7970.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Террамеса Мокка» 0367;фарфор;D=85мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03150582</t>
+  </si>
+  <si>
+    <t>1123 0494</t>
+  </si>
+  <si>
+    <t>10488.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника на 0.9л;чугун;D=9см;серый</t>
+  </si>
+  <si>
+    <t>03150583</t>
+  </si>
+  <si>
+    <t>WLT9923-lid 0.9</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейников «Афродита» 1л;фарфор;D=62/80мм;белый</t>
+  </si>
+  <si>
+    <t>03150584</t>
+  </si>
+  <si>
+    <t>2678-white</t>
+  </si>
+  <si>
+    <t>4074.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника VER417S1.000;фарфор;D=75/60мм;белый</t>
+  </si>
+  <si>
+    <t>03150586</t>
+  </si>
+  <si>
+    <t>VER42751</t>
+  </si>
+  <si>
+    <t>Vostok</t>
+  </si>
+  <si>
+    <t>6268.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника VER415S1.000;фарфор;D=75мм;белый</t>
+  </si>
+  <si>
+    <t>03150587</t>
+  </si>
+  <si>
+    <t>VER42501</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Карат»;фарфор;350мл;D=65мм;белый</t>
+  </si>
+  <si>
+    <t>03150588</t>
+  </si>
+  <si>
+    <t>25 4337</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>6438.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейник «Афродита» 600мл;фарфор;D=7см;белый</t>
+  </si>
+  <si>
+    <t>03150590</t>
+  </si>
+  <si>
+    <t>2675-white</t>
+  </si>
+  <si>
+    <t>2819.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника A18546;фарфор;D=75мм;белый</t>
+  </si>
+  <si>
+    <t>03150591</t>
+  </si>
+  <si>
+    <t>A18546L</t>
+  </si>
+  <si>
+    <t>742.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 600мл для артикула 3150251 д/арт 3150251;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03150592</t>
+  </si>
+  <si>
+    <t>1101 0846/162LPr</t>
+  </si>
+  <si>
+    <t>4197.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 2626 «Афродита»;фарфор;D=12,5/10,5см;белый</t>
+  </si>
+  <si>
+    <t>03150593</t>
+  </si>
+  <si>
+    <t>2627-white</t>
+  </si>
+  <si>
+    <t>3304.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Пьюрити»;эко-кост. фарф.;D=75мм;белый</t>
+  </si>
+  <si>
+    <t>03150594</t>
+  </si>
+  <si>
+    <t>69 4342</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>14923.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника VW03303 «В.Виена»;фарфор;D=5см;белый</t>
+  </si>
+  <si>
+    <t>03150595</t>
+  </si>
+  <si>
+    <t>VW069D1</t>
+  </si>
+  <si>
+    <t>Wienna</t>
+  </si>
+  <si>
+    <t>6125.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Хикари» D нижн=5,5см;термост.стекло</t>
+  </si>
+  <si>
+    <t>03150597</t>
+  </si>
+  <si>
+    <t>C31020500</t>
+  </si>
+  <si>
+    <t>1274.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника-термоса 11150200;пластик</t>
+  </si>
+  <si>
+    <t>03150684</t>
+  </si>
+  <si>
+    <t>RTA0022</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>4284.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/подогрева чайника «Любляна»;фарфор;D=16,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03150701</t>
+  </si>
+  <si>
+    <t>10209.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Монако Вайт» 400мл;фарфор;,H=4,L=6,B=4см;белый</t>
+  </si>
+  <si>
+    <t>03150901</t>
+  </si>
+  <si>
+    <t>9001 C668</t>
+  </si>
+  <si>
+    <t>4644.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Крафт» 0367;фарфор;D=85/70мм;синий</t>
+  </si>
+  <si>
+    <t>03150902</t>
+  </si>
+  <si>
+    <t>1130 0494</t>
+  </si>
+  <si>
+    <t>Craft Blue</t>
+  </si>
+  <si>
+    <t>10765.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Крафт Грин» 0367;фарфор;D=85/70мм;зелен.</t>
+  </si>
+  <si>
+    <t>03150903</t>
+  </si>
+  <si>
+    <t>1131 0494</t>
+  </si>
+  <si>
+    <t>Craft Green</t>
+  </si>
+  <si>
+    <t>10888.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Крафт» 0367;фарфор;коричнев.</t>
+  </si>
+  <si>
+    <t>03150904</t>
+  </si>
+  <si>
+    <t>1132 0494</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>11550.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Крафт Терракота» 0367;фарфор;терракот</t>
+  </si>
+  <si>
+    <t>03150905</t>
+  </si>
+  <si>
+    <t>1133 0494</t>
+  </si>
+  <si>
+    <t>Craft Terracotta</t>
+  </si>
+  <si>
+    <t>8879.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Крафт» 0367;фарфор;серый</t>
+  </si>
+  <si>
+    <t>03150906</t>
+  </si>
+  <si>
+    <t>1154 0494</t>
+  </si>
+  <si>
+    <t>Craft Grey</t>
+  </si>
+  <si>
+    <t>10842.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Крафт» 0367;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03150907</t>
+  </si>
+  <si>
+    <t>1155 0494</t>
+  </si>
+  <si>
+    <t>Craft White</t>
+  </si>
+  <si>
+    <t>10650.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Лив» 1340 X0025;фарфор;D=60/44мм;белый</t>
+  </si>
+  <si>
+    <t>03150908</t>
+  </si>
+  <si>
+    <t>1340 X0026</t>
+  </si>
+  <si>
+    <t>Liv</t>
+  </si>
+  <si>
+    <t>6622.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Кантри Стайл» 1л;фарфор;коричнев.</t>
+  </si>
+  <si>
+    <t>03150909</t>
+  </si>
+  <si>
+    <t>TRY3910</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>13398.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;470мл;D=66/50мм;белый</t>
+  </si>
+  <si>
+    <t>03150910</t>
+  </si>
+  <si>
+    <t>A0253L</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Кашуб-хел» 1л;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03150911</t>
+  </si>
+  <si>
+    <t>0684</t>
+  </si>
+  <si>
+    <t>2457.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 4335 «Моцарт»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03150916</t>
+  </si>
+  <si>
+    <t>57 4337</t>
+  </si>
+  <si>
+    <t>Mozart</t>
+  </si>
+  <si>
+    <t>12005.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Монако Вайт» 600мл;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03150917</t>
+  </si>
+  <si>
+    <t>9001 C667</t>
+  </si>
+  <si>
+    <t>4944.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 0179,0180 «Симплисити Вайт»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03150919</t>
+  </si>
+  <si>
+    <t>1101 0181</t>
+  </si>
+  <si>
+    <t>3396.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 0367 «Симплисити Вайт»;фарфор;D=85/70мм;белый</t>
+  </si>
+  <si>
+    <t>03150920</t>
+  </si>
+  <si>
+    <t>1101 0494</t>
+  </si>
+  <si>
+    <t>7007.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника универсальная;стекло;D=7,H=2см;прозр.</t>
+  </si>
+  <si>
+    <t>03150922</t>
+  </si>
+  <si>
+    <t>5290.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника TRY4141 «Кантри Стайл»;фарфор;зелен.</t>
+  </si>
+  <si>
+    <t>03150924</t>
+  </si>
+  <si>
+    <t>TRY3960</t>
+  </si>
+  <si>
+    <t>5344.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 900мл;стекло;D=5см;прозр.</t>
+  </si>
+  <si>
+    <t>03150926</t>
+  </si>
+  <si>
+    <t>237.711.023</t>
+  </si>
+  <si>
+    <t>Yakit</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Крафт Рэд» (для арт. 3150487);фарфор;D=85/70мм;красный,шоколад.</t>
+  </si>
+  <si>
+    <t>03150927</t>
+  </si>
+  <si>
+    <t>1134 0494</t>
+  </si>
+  <si>
+    <t>Craft Red</t>
+  </si>
+  <si>
+    <t>4659.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 0833 «Крафт»;фарфор;D=73,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>03150933</t>
+  </si>
+  <si>
+    <t>1155 0845</t>
+  </si>
+  <si>
+    <t>14500.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Идзуми»;термост.стекло,силикон;D=82/63,H=25мм;прозр.</t>
+  </si>
+  <si>
+    <t>03150934</t>
+  </si>
+  <si>
+    <t>CP031B cover</t>
+  </si>
+  <si>
+    <t>1974.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 3150775 «Крафт лакрица»;фарфор;черный</t>
+  </si>
+  <si>
+    <t>03150935</t>
+  </si>
+  <si>
+    <t>1209 0846</t>
+  </si>
+  <si>
+    <t>Craft Liguor</t>
+  </si>
+  <si>
+    <t>Крышка для чайника СНД00009818 «Скандинавия»;керамика;D=7/5см;голуб.</t>
+  </si>
+  <si>
+    <t>03150937</t>
+  </si>
+  <si>
+    <t>СНД00015396</t>
+  </si>
+  <si>
+    <t>Борисовская Керамика</t>
+  </si>
+  <si>
+    <t>Скандинавия</t>
+  </si>
+  <si>
+    <t>1540.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Виллоу»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03150938</t>
+  </si>
+  <si>
+    <t>9117 C1207</t>
+  </si>
+  <si>
+    <t>Willow</t>
+  </si>
+  <si>
+    <t>8932.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника ФРФ88802753 «Млечный путь»;фарфор;белый,черный</t>
+  </si>
+  <si>
+    <t>03150939</t>
+  </si>
+  <si>
+    <t>ФРФ88811953</t>
+  </si>
+  <si>
+    <t>Млечный Путь</t>
+  </si>
+  <si>
+    <t>2580.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Меш Вайт»;фарфор;400мл;белый</t>
+  </si>
+  <si>
+    <t>03150941</t>
+  </si>
+  <si>
+    <t>11770-800001-34212</t>
+  </si>
+  <si>
+    <t>Mesh White</t>
+  </si>
+  <si>
+    <t>6312.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника ПИН00011611</t>
+  </si>
+  <si>
+    <t>03150943</t>
+  </si>
+  <si>
+    <t>ПИН00019549</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Верона»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03150944</t>
+  </si>
+  <si>
+    <t>VER3912</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>3111.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Ирис»;фарфор;D=56,H=40мм;синий</t>
+  </si>
+  <si>
+    <t>03150945</t>
+  </si>
+  <si>
+    <t>ZA0038G-6-a</t>
+  </si>
+  <si>
+    <t>Iris</t>
+  </si>
+  <si>
+    <t>2275.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кофейника «Экселенси» (для арт. EXL3840);фарфор;D=44,H=55мм;белый</t>
+  </si>
+  <si>
+    <t>03151347</t>
+  </si>
+  <si>
+    <t>EXL3940</t>
+  </si>
+  <si>
+    <t>Excellency</t>
+  </si>
+  <si>
+    <t>5976.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Алина»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03151369</t>
+  </si>
+  <si>
+    <t>9119 C1257</t>
+  </si>
+  <si>
+    <t>Alina</t>
+  </si>
+  <si>
+    <t>8840.00₸</t>
+  </si>
+  <si>
+    <t>Колба для френч-пресса;термост.стекло;350мл;D=7,H=13см;прозр.</t>
+  </si>
+  <si>
+    <t>03160110</t>
+  </si>
+  <si>
+    <t>1503-10</t>
+  </si>
+  <si>
+    <t>Bodum</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>Колбы для френч-прессов</t>
+  </si>
+  <si>
+    <t>14476.00₸</t>
+  </si>
+  <si>
+    <t>Колба для френч-пресса;термост.стекло;1л;D=95,H=180мм;прозр.</t>
+  </si>
+  <si>
+    <t>03160115</t>
+  </si>
+  <si>
+    <t>1508-10</t>
+  </si>
+  <si>
+    <t>21106.00₸</t>
+  </si>
+  <si>
+    <t>Колба для френч-пресса;термост.стекло;0,5л;D=95,H=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>03160155</t>
+  </si>
+  <si>
+    <t>W0400105</t>
+  </si>
+  <si>
+    <t>Walmer</t>
+  </si>
+  <si>
+    <t>3941.00₸</t>
+  </si>
+  <si>
+    <t>Колба для френч-пресса;термост.стекло;1л;D=10,H=17,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03160156</t>
+  </si>
+  <si>
+    <t>W04001100</t>
+  </si>
+  <si>
+    <t>4984.00₸</t>
+  </si>
+  <si>
+    <t>03160157</t>
+  </si>
+  <si>
+    <t>W04001035</t>
+  </si>
+  <si>
+    <t>3451.00₸</t>
+  </si>
+  <si>
+    <t>Колба для френч-пресса «Проотель»;термост.стекло;350мл;D=7,H=13см;прозр.</t>
+  </si>
+  <si>
+    <t>03160601</t>
+  </si>
+  <si>
+    <t>1932.00₸</t>
+  </si>
+  <si>
+    <t>Колба для френч-пресса «Проотель»;термост.стекло;0,6л;D=9,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03160602</t>
+  </si>
+  <si>
+    <t>2352.00₸</t>
+  </si>
+  <si>
+    <t>Колба для френч-пресса «Проотель»;термост.стекло;1л;D=10,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>03160603</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Торино вайт»;фарфор;D=7/6см;белый</t>
+  </si>
+  <si>
+    <t>03171980</t>
+  </si>
+  <si>
+    <t>9007 C037</t>
+  </si>
+  <si>
+    <t>Torino White</t>
+  </si>
+  <si>
+    <t>5752.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Романс»;фарфор;D=85,H=80мм;белый</t>
+  </si>
+  <si>
+    <t>03174551</t>
+  </si>
+  <si>
+    <t>2С0263</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>Романс</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>786.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Торино вайт»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>09100795</t>
+  </si>
+  <si>
+    <t>9007 C038</t>
+  </si>
+  <si>
+    <t>5575.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Оникс» (для арт. 311436);керамика;D=7см;черный</t>
+  </si>
+  <si>
+    <t>03151346</t>
+  </si>
+  <si>
+    <t>4436.00₸</t>
   </si>
   <si>
     <t>7 шт.</t>
-  </si>
-[...2035 lines deleted...]
-    <t>4436.00₸</t>
   </si>
   <si>
     <t>Крышка для кофейника «Афродита» для 2673-white;фарфор;D=4см;белый</t>
   </si>
   <si>
     <t>03151360</t>
   </si>
   <si>
     <t>2387.00₸</t>
   </si>
   <si>
     <t>Крышка для чайника МАР00011600;керамика;черный,серый</t>
   </si>
   <si>
     <t>03150947</t>
   </si>
   <si>
     <t>МАР00025940</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
     <t>Крышка для чайника «Пунто Бьянка» ФРФ88802751;фарфор;белый,черный</t>
   </si>
@@ -2233,51 +2233,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B689B-20CF-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3D094-20CE-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC98C2B3-E3C4-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1021803-424C-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA52-424C-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F483-20CF-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B6B2D-20CF-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B69ED-20CF-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B694D-20CF-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111EC83-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03CA-424E-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F37-424E-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A214B-424E-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A214E-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3CE90-20CE-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C377BD5F-E3C5-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA039-4250-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B6A8D-20CF-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029048-4250-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF71360-E567-11EF-BC53-00505692E2D020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F523-20CF-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C377BD60-E3C5-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC397FA3-4252-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC401-E3D8-11EF-BC57-00505692E04924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC567-E3D8-11EF-BC57-00505692E04925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB971EE-E3D9-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3D1D4-20CE-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3CFE2-20CE-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C90-4254-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C91-4254-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C92-4254-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9F9E57B-814A-11E9-BBBA-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3CDDE-20CE-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217FD-424C-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE5779-424C-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3754CF1-E568-11EF-BC53-00505692E2D036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F39-424E-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F3A-424E-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC31A-424F-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1327-4253-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A33997A7-20D0-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DDB23-1CC1-11EE-BC0C-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E463F5A-21B9-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9BBC-E3DA-11EF-BC4E-00505692C44744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05235-E3D5-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05236-E3D5-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AC-E3D5-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DA-424C-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DB-424C-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DC-424C-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DE-424C-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08018233-89E0-11EE-BC13-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671443-E3D5-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF421-424C-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF422-424C-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA3A-424C-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA3B-424C-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F14-E3D5-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05237-E3D5-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E65394B8-E568-11EF-BC53-00505692E2D060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F16-E3D5-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAC-E3D5-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8906450F-424D-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AE-E3D5-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71F6-424D-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300474D-424D-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476A-424D-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476C-424D-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476E-424D-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300477C-424D-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB404-424D-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696CC-424D-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696CE-424D-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFEAE-424D-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9BE-424D-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9A9-E3D5-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671442-E3D5-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAB-E3D5-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AA-E3D5-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A3F0-424E-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA7-E3D5-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA6-E3D5-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E653958E-E568-11EF-BC53-00505692E2D083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A214D-424E-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2153-424E-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AA22ED-00EB-11EF-BC46-00505692C44786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BCF-424E-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC2E0-424F-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671441-E3D5-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAA-E3D5-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AB-E3D5-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F7E-4250-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086833-4250-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029026-4250-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671440-E3D5-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F1A-E3D5-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA8-E3D5-11EB-BBF2-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAEDD77-21B9-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345189-4251-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A3186-E568-11EF-BC53-00505692E2D0100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F18-E3D5-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F19-E3D5-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21DC-4251-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667143F-E3D5-11EB-BBF2-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD7F1-4252-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA5-E3D5-11EB-BBF2-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA9-E3D5-11EB-BBF2-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354163-4252-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F17-E3D5-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6AA7-4252-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87AB4589-8149-11E9-BBBA-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551E-4252-11E8-A155-00259035BB67112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD442-21C1-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD634-21C1-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD582-21C1-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD372F6-21C0-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD4E2-21C1-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD6D4-21C1-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AD-E3D5-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA60427-CBAE-11EC-BBFA-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD5-4253-11E8-A155-00259035BB67121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D700E-4253-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E65393BE-E568-11EF-BC53-00505692E2D0123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F89103-C099-11EC-BBFA-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAE-E3D5-11EB-BBF2-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAD-E3D5-11EB-BBF2-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A691B-4254-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FD730C8-814A-11E9-BBBA-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34E031AC-814B-11E9-BBBA-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DD88D-1CC1-11EE-BC0C-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F748-2666-11EA-BBCA-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F749-2666-11EA-BBCA-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A78-5268-11EA-BBCE-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD37256-21C0-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1692E6-EA58-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8624915D-F13D-11EC-BBFA-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C1575C-F162-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD774-21C1-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334C855C-1431-11EE-BC09-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7973AC49-E50C-11EE-BC3E-0050569297EB140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A3A-E3D5-11EB-BBF2-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A3B-E3D5-11EB-BBF2-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EEC855-21C1-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066AD00A-4253-11E8-A155-00259035BB67144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10BC0B85-E569-11EF-BC53-00505692E2D0145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC366-4252-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC367-4252-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC368-4252-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B65C-4253-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DDA17-1CC1-11EE-BC0C-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9D5481B-7BA4-11EC-BBF7-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10904821-918F-11EF-BC4E-00505692C447152.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B689B-20CF-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3D094-20CE-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC98C2B3-E3C4-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1021803-424C-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA52-424C-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F483-20CF-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B6B2D-20CF-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B69ED-20CF-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B694D-20CF-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111EC83-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03CA-424E-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F37-424E-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A214B-424E-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A214E-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3CE90-20CE-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C377BD5F-E3C5-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA039-4250-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E22B6A8D-20CF-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029048-4250-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF71360-E567-11EF-BC53-00505692E2D020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F523-20CF-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C377BD60-E3C5-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC397FA3-4252-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC401-E3D8-11EF-BC57-00505692E04924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3FCC567-E3D8-11EF-BC57-00505692E04925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CB971EE-E3D9-11EF-BC4E-00505692C44726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3D1D4-20CE-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3CFE2-20CE-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C90-4254-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C91-4254-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C92-4254-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9F9E57B-814A-11E9-BBBA-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53D3CDDE-20CE-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217FD-424C-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE5779-424C-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3754CF1-E568-11EF-BC53-00505692E2D036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F39-424E-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F3A-424E-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC31A-424F-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1327-4253-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A33997A7-20D0-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DDB23-1CC1-11EE-BC0C-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E463F5A-21B9-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9BBC-E3DA-11EF-BC4E-00505692C44744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05235-E3D5-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05236-E3D5-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AC-E3D5-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DA-424C-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DB-424C-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DC-424C-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DE-424C-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08018233-89E0-11EE-BC13-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671443-E3D5-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF421-424C-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF422-424C-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA3A-424C-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA3B-424C-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F14-E3D5-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05237-E3D5-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E65394B8-E568-11EF-BC53-00505692E2D060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F16-E3D5-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAC-E3D5-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8906450F-424D-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AE-E3D5-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71F6-424D-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300474D-424D-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476A-424D-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476C-424D-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476E-424D-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300477C-424D-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB404-424D-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696CC-424D-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696CE-424D-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFEAE-424D-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9BE-424D-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9A9-E3D5-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671442-E3D5-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAB-E3D5-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AA-E3D5-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A3F0-424E-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA7-E3D5-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA6-E3D5-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E653958E-E568-11EF-BC53-00505692E2D083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A214D-424E-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2153-424E-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AA22ED-00EB-11EF-BC46-00505692C44786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BCF-424E-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC2E0-424F-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671441-E3D5-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAA-E3D5-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AB-E3D5-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F7E-4250-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54086833-4250-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029026-4250-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671440-E3D5-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F1A-E3D5-11EB-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA8-E3D5-11EB-BBF2-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAEDD77-21B9-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345189-4251-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC5A3186-E568-11EF-BC53-00505692E2D0100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F18-E3D5-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F19-E3D5-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21DC-4251-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6667143F-E3D5-11EB-BBF2-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD7F1-4252-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA5-E3D5-11EB-BBF2-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA9-E3D5-11EB-BBF2-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354163-4252-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F17-E3D5-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6AA7-4252-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87AB4589-8149-11E9-BBBA-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B23E551E-4252-11E8-A155-00259035BB67112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD442-21C1-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD634-21C1-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD582-21C1-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD372F6-21C0-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD4E2-21C1-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD6D4-21C1-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AD-E3D5-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA60427-CBAE-11EC-BBFA-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD5-4253-11E8-A155-00259035BB67121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D700E-4253-11E8-A155-00259035BB67122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E65393BE-E568-11EF-BC53-00505692E2D0123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39F89103-C099-11EC-BBFA-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAE-E3D5-11EB-BBF2-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAD-E3D5-11EB-BBF2-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A691B-4254-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FD730C8-814A-11E9-BBBA-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34E031AC-814B-11E9-BBBA-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DD88D-1CC1-11EE-BC0C-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F748-2666-11EA-BBCA-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F749-2666-11EA-BBCA-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A78-5268-11EA-BBCE-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD37256-21C0-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1692E6-EA58-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8624915D-F13D-11EC-BBFA-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C1575C-F162-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD774-21C1-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334C855C-1431-11EE-BC09-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7973AC49-E50C-11EE-BC3E-0050569297EB140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A3A-E3D5-11EB-BBF2-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A3B-E3D5-11EB-BBF2-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EEC855-21C1-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066AD00A-4253-11E8-A155-00259035BB67144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10BC0B85-E569-11EF-BC53-00505692E2D0145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC366-4252-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC367-4252-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC368-4252-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B65C-4253-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DDA17-1CC1-11EE-BC0C-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9D5481B-7BA4-11EC-BBF7-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A930D05-BA56-11F0-BC5A-00505692E2D0152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10904821-918F-11EF-BC4E-00505692C447153.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6772,63 +6772,93 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="151" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>158</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <xdr:cNvPr id="153" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7311,209 +7341,209 @@
         <v>34</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L6" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="E7" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L7" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="D8" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="L8" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L10" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D11" s="0">
         <v>25295021</v>
       </c>
       <c r="E11" s="0"/>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D12" s="0">
         <v>401702</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>23</v>
@@ -7535,4934 +7565,4935 @@
         <v>67</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L14" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L15" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L16" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D17" s="0">
         <v>1980010</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="0">
         <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="E18" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L18" s="0">
         <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="D19" s="0" t="s">
+      <c r="E19" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L19" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="D20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L20" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="E21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L21" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="E22" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D24" s="0">
         <v>310300</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L24" s="0">
         <v>5000</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D25" s="0"/>
       <c r="E25" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="L25" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D26" s="0"/>
       <c r="E26" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>134</v>
+        <v>109</v>
       </c>
       <c r="L26" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L27" s="0">
         <v>1200</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="L28" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="L30" s="0">
         <v>108</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="L31" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="L32" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="L33" s="0">
         <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D34" s="0"/>
       <c r="E34" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>25</v>
+        <v>149</v>
       </c>
       <c r="L34" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D35" s="0">
         <v>200206</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D36" s="0">
         <v>200107</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>110</v>
+        <v>169</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="B37" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D37" s="0">
         <v>3139</v>
       </c>
       <c r="E37" s="0"/>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="D38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="L38" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L39" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="L40" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D41" s="0">
         <v>200305</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>25</v>
+        <v>192</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>195</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>196</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D43" s="0"/>
       <c r="E43" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>202</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>203</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>204</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>206</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D45" s="0">
         <v>220204</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>210</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D46" s="0">
         <v>1019</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>213</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>214</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="L46" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D47" s="0">
         <v>2219</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>217</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>218</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>143</v>
+        <v>219</v>
       </c>
       <c r="L47" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D48" s="0">
         <v>3219</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L48" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D49" s="0">
         <v>400408</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>110</v>
+        <v>169</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>233</v>
+        <v>29</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>235</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>236</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>238</v>
       </c>
       <c r="L51" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>241</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>245</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>246</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>247</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>248</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>249</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>250</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>251</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>252</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>253</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>254</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>255</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>256</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>257</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>110</v>
+        <v>169</v>
       </c>
       <c r="L55" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D56" s="0">
         <v>5019</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>260</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>261</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L56" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>263</v>
       </c>
       <c r="D57" s="0">
         <v>5017</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>260</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>264</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="L57" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>266</v>
       </c>
       <c r="D58" s="0">
         <v>6019</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>267</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L58" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D59" s="0">
         <v>6017</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>267</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>271</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L59" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>273</v>
       </c>
       <c r="D60" s="0">
         <v>400705</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>274</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>275</v>
+        <v>29</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="D61" s="0" t="s">
+      <c r="E61" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="E61" s="0" t="s">
+      <c r="F61" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="F61" s="0" t="s">
+      <c r="G61" s="0" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L61" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="D62" s="0">
         <v>2739</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L62" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="D63" s="0" t="s">
+      <c r="E63" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F63" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="E63" s="0" t="s">
+      <c r="G63" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="D64" s="0" t="s">
+      <c r="E64" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F64" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="E64" s="0" t="s">
+      <c r="G64" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L64" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="D65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>110</v>
+        <v>169</v>
       </c>
       <c r="L65" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="D66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="L66" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>305</v>
       </c>
-      <c r="D67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="L67" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="D68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="L68" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>313</v>
       </c>
-      <c r="D69" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>25</v>
+        <v>169</v>
       </c>
       <c r="L69" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>316</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>317</v>
       </c>
-      <c r="D70" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L70" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>320</v>
       </c>
-      <c r="D71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>275</v>
+        <v>149</v>
       </c>
       <c r="L71" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>324</v>
       </c>
-      <c r="D72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="L72" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="D73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="L73" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="D74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>72</v>
+        <v>154</v>
       </c>
       <c r="L74" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>335</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="D75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E75" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L75" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>339</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L76" s="0">
         <v>288</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>344</v>
       </c>
-      <c r="D77" s="0" t="s">
+      <c r="E77" s="0" t="s">
         <v>345</v>
       </c>
-      <c r="E77" s="0" t="s">
+      <c r="F77" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="F77" s="0" t="s">
+      <c r="G77" s="0" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>350</v>
       </c>
-      <c r="D78" s="0" t="s">
+      <c r="E78" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F78" s="0" t="s">
         <v>351</v>
       </c>
-      <c r="E78" s="0" t="s">
+      <c r="G78" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>354</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>355</v>
       </c>
-      <c r="D79" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="G79" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="L79" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>359</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>360</v>
       </c>
-      <c r="D80" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="G80" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="L80" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>365</v>
       </c>
-      <c r="D81" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="G81" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="L81" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>369</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="D82" s="0" t="s">
+      <c r="E82" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F82" s="0" t="s">
         <v>371</v>
       </c>
-      <c r="E82" s="0" t="s">
+      <c r="G82" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>374</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="D83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>256</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L83" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>378</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>379</v>
       </c>
-      <c r="D84" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>256</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L84" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="D85" s="0">
         <v>2750</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="L85" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>386</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L86" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="D87" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L87" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>394</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="D88" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="D88" s="0" t="s">
+      <c r="E88" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F88" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="E88" s="0" t="s">
+      <c r="G88" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="L88" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L89" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>403</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="L90" s="0">
         <v>108</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="C91" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="C91" s="0" t="s">
+      <c r="D91" s="0" t="s">
         <v>408</v>
       </c>
-      <c r="D91" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F91" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="G91" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L91" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="D92" s="0" t="s">
         <v>412</v>
       </c>
-      <c r="D92" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F92" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="G92" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="L92" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C93" s="0" t="s">
         <v>416</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="D93" s="0" t="s">
         <v>417</v>
       </c>
-      <c r="D93" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E93" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F93" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="G93" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="L93" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="D94" s="0" t="s">
         <v>421</v>
       </c>
-      <c r="D94" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E94" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L94" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C95" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="D95" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="D95" s="0" t="s">
+      <c r="E95" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F95" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="E95" s="0" t="s">
+      <c r="G95" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L95" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="D96" s="0" t="s">
+      <c r="E96" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F96" s="0" t="s">
         <v>430</v>
       </c>
-      <c r="E96" s="0" t="s">
+      <c r="G96" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L96" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>433</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="D97" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F97" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="G97" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>437</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>442</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="D99" s="0" t="s">
         <v>443</v>
       </c>
-      <c r="D99" s="0" t="s">
+      <c r="E99" s="0" t="s">
         <v>444</v>
       </c>
-      <c r="E99" s="0" t="s">
+      <c r="F99" s="0" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>448</v>
+        <v>33</v>
       </c>
       <c r="L99" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>449</v>
       </c>
-      <c r="C100" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E100" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F100" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="G100" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L100" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="D102" s="0" t="s">
         <v>457</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>110</v>
+        <v>169</v>
       </c>
       <c r="L102" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="D103" s="0" t="s">
         <v>461</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="E103" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="F103" s="0" t="s">
         <v>462</v>
       </c>
-      <c r="D103" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G103" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>466</v>
+        <v>357</v>
       </c>
       <c r="L103" s="0">
         <v>26</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="L104" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="E105" s="0" t="s">
         <v>470</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="F105" s="0" t="s">
         <v>471</v>
       </c>
-      <c r="D105" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G105" s="0" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L105" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>368</v>
+        <v>33</v>
       </c>
       <c r="L106" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L107" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L108" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="L109" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="E110" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="F110" s="0" t="s">
         <v>493</v>
       </c>
-      <c r="C110" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G110" s="0" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="L110" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="E111" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="F111" s="0" t="s">
         <v>498</v>
-      </c>
-[...10 lines deleted...]
-        <v>501</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="L111" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="E113" s="0" t="s">
         <v>508</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>110</v>
+        <v>169</v>
       </c>
       <c r="L113" s="0"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="B114" s="0" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D114" s="0">
         <v>169400</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L114" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="E115" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="G115" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L115" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="E116" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F116" s="0" t="s">
         <v>520</v>
       </c>
-      <c r="C116" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E116" s="0" t="s">
+      <c r="G116" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>492</v>
+        <v>192</v>
       </c>
       <c r="L116" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="E117" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F117" s="0" t="s">
         <v>525</v>
       </c>
-      <c r="C117" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E117" s="0" t="s">
+      <c r="G117" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>238</v>
+        <v>33</v>
       </c>
       <c r="L117" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="E118" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F118" s="0" t="s">
         <v>530</v>
       </c>
-      <c r="C118" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E118" s="0" t="s">
+      <c r="G118" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L118" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="E119" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F119" s="0" t="s">
         <v>535</v>
       </c>
-      <c r="C119" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E119" s="0" t="s">
+      <c r="G119" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L119" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="E120" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F120" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="C120" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E120" s="0" t="s">
+      <c r="G120" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L120" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="E121" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F121" s="0" t="s">
         <v>545</v>
       </c>
-      <c r="C121" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E121" s="0" t="s">
+      <c r="G121" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="L121" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="E122" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F122" s="0" t="s">
         <v>550</v>
       </c>
-      <c r="C122" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E122" s="0" t="s">
+      <c r="G122" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L122" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="E123" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="F123" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="C123" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G123" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L123" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="L124" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>267</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>41</v>
+        <v>564</v>
       </c>
       <c r="L125" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="D126" s="0" t="s">
         <v>567</v>
       </c>
-      <c r="C126" s="0" t="s">
+      <c r="E126" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="F126" s="0" t="s">
         <v>568</v>
       </c>
-      <c r="D126" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G126" s="0" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="D127" s="0" t="s">
         <v>572</v>
       </c>
-      <c r="C127" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E127" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F127" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="G127" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L127" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="D128" s="0" t="s">
         <v>576</v>
       </c>
-      <c r="C128" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E128" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F128" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="G128" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L128" s="0"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="D129" s="0" t="s">
         <v>580</v>
       </c>
-      <c r="C129" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E129" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F129" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="G129" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>358</v>
+        <v>582</v>
       </c>
       <c r="L129" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
       <c r="D130" s="0">
         <v>400507</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L130" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="D131" s="0" t="s">
         <v>588</v>
       </c>
-      <c r="D131" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E131" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>591</v>
+        <v>29</v>
       </c>
       <c r="L131" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="D132" s="0" t="s">
         <v>592</v>
       </c>
-      <c r="C132" s="0" t="s">
+      <c r="E132" s="0" t="s">
         <v>593</v>
-      </c>
-[...4 lines deleted...]
-        <v>595</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L132" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="D133" s="0" t="s">
         <v>596</v>
       </c>
-      <c r="C133" s="0" t="s">
+      <c r="E133" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F133" s="0" t="s">
         <v>597</v>
       </c>
-      <c r="D133" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="0" t="s">
+      <c r="G133" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="L133" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="D134" s="0" t="s">
         <v>601</v>
       </c>
-      <c r="C134" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E134" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F134" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="G134" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>466</v>
+        <v>603</v>
       </c>
       <c r="L134" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="C135" s="0" t="s">
         <v>605</v>
       </c>
-      <c r="C135" s="0" t="s">
+      <c r="D135" s="0" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="L135" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="C136" s="0" t="s">
         <v>609</v>
       </c>
-      <c r="C136" s="0" t="s">
+      <c r="D136" s="0" t="s">
         <v>610</v>
       </c>
-      <c r="D136" s="0" t="s">
+      <c r="E136" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F136" s="0" t="s">
         <v>611</v>
       </c>
-      <c r="E136" s="0" t="s">
+      <c r="G136" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L136" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="C137" s="0" t="s">
         <v>613</v>
       </c>
-      <c r="C137" s="0" t="s">
+      <c r="D137" s="0" t="s">
         <v>614</v>
       </c>
-      <c r="D137" s="0" t="s">
+      <c r="E137" s="0" t="s">
         <v>615</v>
       </c>
-      <c r="E137" s="0" t="s">
+      <c r="F137" s="0" t="s">
         <v>616</v>
       </c>
-      <c r="F137" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G137" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L137" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="C138" s="0" t="s">
+      <c r="D138" s="0" t="s">
         <v>620</v>
       </c>
-      <c r="D138" s="0" t="s">
+      <c r="E138" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F138" s="0" t="s">
         <v>621</v>
       </c>
-      <c r="E138" s="0" t="s">
+      <c r="G138" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="L138" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="B139" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="C139" s="0" t="s">
         <v>625</v>
       </c>
-      <c r="C139" s="0" t="s">
+      <c r="D139" s="0" t="s">
         <v>626</v>
       </c>
-      <c r="D139" s="0" t="s">
+      <c r="E139" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="F139" s="0" t="s">
         <v>627</v>
       </c>
-      <c r="E139" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G139" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L139" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="C140" s="0" t="s">
         <v>630</v>
       </c>
-      <c r="C140" s="0" t="s">
+      <c r="D140" s="0" t="s">
         <v>631</v>
       </c>
-      <c r="D140" s="0" t="s">
+      <c r="E140" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="F140" s="0" t="s">
         <v>632</v>
       </c>
-      <c r="E140" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G140" s="0" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L140" s="0"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="B141" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="C141" s="0" t="s">
         <v>635</v>
       </c>
-      <c r="C141" s="0" t="s">
+      <c r="D141" s="0" t="s">
         <v>636</v>
       </c>
-      <c r="D141" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E141" s="0" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L141" s="0">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="C142" s="0" t="s">
         <v>639</v>
       </c>
-      <c r="C142" s="0" t="s">
+      <c r="D142" s="0" t="s">
         <v>640</v>
       </c>
-      <c r="D142" s="0" t="s">
+      <c r="E142" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="F142" s="0" t="s">
         <v>641</v>
       </c>
-      <c r="E142" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G142" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L142" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="C143" s="0" t="s">
         <v>644</v>
       </c>
-      <c r="C143" s="0" t="s">
+      <c r="D143" s="0" t="s">
         <v>645</v>
       </c>
-      <c r="D143" s="0" t="s">
+      <c r="E143" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F143" s="0" t="s">
         <v>646</v>
-      </c>
-[...4 lines deleted...]
-        <v>647</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="L143" s="0">
         <v>216</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="C144" s="0" t="s">
         <v>649</v>
       </c>
-      <c r="C144" s="0" t="s">
+      <c r="D144" s="0" t="s">
         <v>650</v>
       </c>
-      <c r="D144" s="0" t="s">
+      <c r="E144" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="F144" s="0" t="s">
         <v>651</v>
       </c>
-      <c r="E144" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G144" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L144" s="0"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="C145" s="0" t="s">
         <v>654</v>
       </c>
-      <c r="C145" s="0" t="s">
+      <c r="D145" s="0" t="s">
         <v>655</v>
       </c>
-      <c r="D145" s="0" t="s">
+      <c r="E145" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F145" s="0" t="s">
         <v>656</v>
       </c>
-      <c r="E145" s="0" t="s">
+      <c r="G145" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>448</v>
+        <v>623</v>
       </c>
       <c r="L145" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="C146" s="0" t="s">
         <v>659</v>
       </c>
-      <c r="C146" s="0" t="s">
+      <c r="D146" s="0" t="s">
         <v>660</v>
       </c>
-      <c r="D146" s="0" t="s">
+      <c r="E146" s="0" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="H146" s="0" t="s">
         <v>663</v>
       </c>
-      <c r="H146" s="0" t="s">
+      <c r="I146" s="1" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>358</v>
+        <v>582</v>
       </c>
       <c r="L146" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>666</v>
       </c>
-      <c r="C147" s="0" t="s">
+      <c r="D147" s="0" t="s">
         <v>667</v>
       </c>
-      <c r="D147" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E147" s="0" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L147" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="C148" s="0" t="s">
         <v>670</v>
       </c>
-      <c r="C148" s="0" t="s">
+      <c r="D148" s="0" t="s">
         <v>671</v>
       </c>
-      <c r="D148" s="0" t="s">
+      <c r="E148" s="0" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="C149" s="0" t="s">
         <v>675</v>
       </c>
-      <c r="C149" s="0" t="s">
+      <c r="D149" s="0" t="s">
         <v>676</v>
       </c>
-      <c r="D149" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E149" s="0" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="C150" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="D150" s="0" t="s">
         <v>679</v>
       </c>
-      <c r="D150" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E150" s="0" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L150" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="C151" s="0" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
       <c r="D151" s="0">
         <v>300300</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="L151" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="C152" s="0" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
       <c r="D152" s="0">
         <v>300600</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="C153" s="0" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
       <c r="D153" s="0">
         <v>300800</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="L153" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="C154" s="0" t="s">
         <v>690</v>
       </c>
-      <c r="C154" s="0" t="s">
+      <c r="D154" s="0" t="s">
         <v>691</v>
       </c>
-      <c r="D154" s="0" t="s">
+      <c r="E154" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F154" s="0" t="s">
         <v>692</v>
       </c>
-      <c r="E154" s="0" t="s">
+      <c r="G154" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L154" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="C155" s="0" t="s">
         <v>695</v>
       </c>
-      <c r="C155" s="0" t="s">
+      <c r="D155" s="0" t="s">
         <v>696</v>
       </c>
-      <c r="D155" s="0" t="s">
+      <c r="E155" s="0" t="s">
         <v>697</v>
       </c>
-      <c r="E155" s="0" t="s">
+      <c r="F155" s="0" t="s">
         <v>698</v>
       </c>
-      <c r="F155" s="0" t="s">
+      <c r="G155" s="0" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L155" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="C156" s="0" t="s">
         <v>702</v>
       </c>
-      <c r="C156" s="0" t="s">
+      <c r="D156" s="0" t="s">
         <v>703</v>
       </c>
-      <c r="D156" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E156" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F156" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="G156" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L156" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
+      <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="C157" s="0" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
       <c r="D157" s="0">
         <v>920109</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>203</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>204</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>233</v>
+        <v>708</v>
       </c>
       <c r="L157" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="B158" s="0" t="s">
         <v>709</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>710</v>
       </c>
       <c r="D158" s="0">
         <v>2618</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>242</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>711</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
         <v>712</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>713</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>714</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>715</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="B160" s="0" t="s">
         <v>716</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>717</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>718</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>719</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>205</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>715</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="L160" s="0">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>