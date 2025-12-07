--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -73,141 +73,141 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с питейником[50шт];пластик;D=8,H=2см;черный,матовый</t>
   </si>
   <si>
     <t>01011644</t>
   </si>
   <si>
     <t>3002М/Ч</t>
   </si>
   <si>
     <t>Doppio</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Крышки для стаканов</t>
   </si>
   <si>
     <t>1040.00₸</t>
   </si>
   <si>
-    <t>более 1 000 шт.</t>
+    <t>более 500 шт.</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с питейником[50шт];пластик;D=9,H=2см;черный,матовый</t>
   </si>
   <si>
     <t>01011645</t>
   </si>
   <si>
     <t>3001М/Ч</t>
   </si>
   <si>
     <t>1155.00₸</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с питейником[50шт];пластик;D=8,H=2см;белый,матовый</t>
   </si>
   <si>
     <t>01011646</t>
   </si>
   <si>
     <t>3002М/Б</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для стакана одноразовая с питейником[50шт];пластик;D=9,H=2см;белый,матовый</t>
   </si>
   <si>
     <t>01011647</t>
   </si>
   <si>
     <t>3001М/Б</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с клапаном[100шт];пластик;D=9,H=2см;белый,матовый</t>
   </si>
   <si>
     <t>01011655</t>
   </si>
   <si>
     <t>000907</t>
   </si>
   <si>
     <t>2387.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>24 шт.</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с клапаном[100шт];пластик;D=8,H=2см;черный,матовый</t>
   </si>
   <si>
     <t>01011656</t>
   </si>
   <si>
     <t>000804</t>
   </si>
   <si>
     <t>1941.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
+    <t>48 шт.</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с клапаном[100шт];пластик;D=9,H=2см;черный,матовый</t>
   </si>
   <si>
     <t>01011657</t>
   </si>
   <si>
     <t>000906</t>
   </si>
   <si>
     <t>2372.00₸</t>
   </si>
   <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для стакана одноразовая с питейником[100шт];пластик;D=8,H=2см;красный,матовый</t>
+  </si>
+  <si>
+    <t>01011658</t>
+  </si>
+  <si>
+    <t>011083</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
-  </si>
-[...10 lines deleted...]
-    <t>2310.00₸</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с питейником[100шт];пластик;D=9,H=2см;красный,матовый</t>
   </si>
   <si>
     <t>01011659</t>
   </si>
   <si>
     <t>002095</t>
   </si>
   <si>
     <t>2618.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Крышка для стакана одноразовая с питейником[100шт];пластик;D=62,H=20мм;белый,матовый</t>
   </si>
   <si>
     <t>01011660</t>
   </si>
   <si>
     <t>011062</t>
   </si>
@@ -1091,211 +1091,211 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
@@ -1315,83 +1315,83 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>62</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D13" s="0">
         <v>702104</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>