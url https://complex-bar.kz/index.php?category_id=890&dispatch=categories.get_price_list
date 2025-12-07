--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,51 +74,51 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Ложка для льда перфорированная;сталь нерж.;D=55,L=235мм;серебрист.</t>
   </si>
   <si>
     <t>02050120</t>
   </si>
   <si>
     <t>1054W000IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Совки для льда</t>
   </si>
   <si>
     <t>13146.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Нож барный с дерев.ручкой;сталь,полипроп.;,L=182/90,B=24мм;коричнев.</t>
   </si>
   <si>
     <t>02060105</t>
   </si>
   <si>
     <t>BK-74</t>
   </si>
   <si>
     <t>Co-rect</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>Ножи барные</t>
   </si>
   <si>
     <t>1822.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
@@ -206,110 +206,110 @@
   <si>
     <t>Щипцы для льда</t>
   </si>
   <si>
     <t>1245.00₸</t>
   </si>
   <si>
     <t>Щипцы для льда;сталь нерж.;,L=17,B=3см;серебрист.</t>
   </si>
   <si>
     <t>02110220</t>
   </si>
   <si>
     <t>С411</t>
   </si>
   <si>
     <t>Trud</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>1617.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Щипцы для льда и льда;сталь нерж.;,H=19,L=190,B=30мм;металлич.</t>
   </si>
   <si>
     <t>02110221</t>
   </si>
   <si>
     <t>C412</t>
   </si>
   <si>
     <t>1579.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Щипцы для льда;сталь нерж.;,L=163,B=17мм;серебрист.</t>
   </si>
   <si>
     <t>02110227</t>
   </si>
   <si>
     <t>10500000IVV</t>
   </si>
   <si>
     <t>15285.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Щипцы для льда;сталь нерж.;,L=175,B=15мм;серебрист.</t>
   </si>
   <si>
     <t>02110229</t>
   </si>
   <si>
     <t>52550-56</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>10411.00₸</t>
   </si>
   <si>
     <t>Щипцы для льда;сталь нерж.;,L=185,B=35мм;серебрист.</t>
   </si>
   <si>
     <t>02110239</t>
   </si>
   <si>
     <t>12550-55</t>
   </si>
   <si>
     <t>13799.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
     <t>Щипцы для льда для емкости 2100305;пластик;,L=16,B=1см;прозр.</t>
   </si>
   <si>
     <t>02110245</t>
   </si>
   <si>
     <t>66608099S</t>
   </si>
   <si>
     <t>Borgonovo</t>
   </si>
   <si>
     <t>124.00₸</t>
   </si>
   <si>
     <t>Щипцы для льда «Пробар»;сталь нерж.;,L=180,B=18мм;серебрист.</t>
   </si>
   <si>
     <t>02110246</t>
   </si>
   <si>
     <t>ICT11</t>
   </si>
   <si>
     <t>Prohotel</t>
@@ -371,765 +371,759 @@
   <si>
     <t>Щипцы для льда;сталь нерж.;,L=175,B=20мм;серебрист.</t>
   </si>
   <si>
     <t>02110255</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>2295.00₸</t>
   </si>
   <si>
     <t>Щипцы для льда;сталь нерж.;,L=180,B=15мм;серебрист.</t>
   </si>
   <si>
     <t>02110261</t>
   </si>
   <si>
     <t>07000180IVV</t>
   </si>
   <si>
     <t>4697.00₸</t>
   </si>
   <si>
+    <t>Щипцы для льда;сталь нерж.;,L=175,B=30мм;амбер</t>
+  </si>
+  <si>
+    <t>02110264</t>
+  </si>
+  <si>
+    <t>52750N56</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>26827.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда;поликарбонат;170мл;,L=27,B=6см;прозр.</t>
+  </si>
+  <si>
+    <t>02110304</t>
+  </si>
+  <si>
+    <t>SCP6CW135</t>
+  </si>
+  <si>
+    <t>Cambro</t>
+  </si>
+  <si>
+    <t>10211.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда;поликарбонат;340мл;,L=270,B=73мм;прозр.</t>
+  </si>
+  <si>
+    <t>02110305</t>
+  </si>
+  <si>
+    <t>SCP12CW135</t>
+  </si>
+  <si>
+    <t>11142.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда;поликарбонат;0,68л;,L=31,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>02110306</t>
+  </si>
+  <si>
+    <t>SCP24CW135</t>
+  </si>
+  <si>
+    <t>13984.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда;поликарбонат;100мл;,H=33,L=200,B=65мм;прозр.</t>
+  </si>
+  <si>
+    <t>02110321</t>
+  </si>
+  <si>
+    <t>14959-01</t>
+  </si>
+  <si>
+    <t>3083.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда перфорированный;поликарбонат;250мл;,L=270,B=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>02110326</t>
+  </si>
+  <si>
+    <t>14958-02</t>
+  </si>
+  <si>
+    <t>7885.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда;сталь нерж.;250мл;,L=242,B=78мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110327</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>18727.00₸</t>
+  </si>
+  <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда «Пробар»;сталь нерж.;75мл;,L=21,B=5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110328</t>
+  </si>
+  <si>
+    <t>SC6</t>
+  </si>
+  <si>
+    <t>3199.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда «Пробар»;сталь нерж.;120мл;,L=240,B=85мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110329</t>
+  </si>
+  <si>
+    <t>IS7</t>
+  </si>
+  <si>
+    <t>2072.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда перфорированный;сталь нерж.;100мл;,L=195,B=60мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110330</t>
+  </si>
+  <si>
+    <t>41503-00</t>
+  </si>
+  <si>
+    <t>31401.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда;алюмин.;180мл;,L=120,B=65мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110331</t>
+  </si>
+  <si>
+    <t>15085.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда;сталь нерж.;0,7л;,L=28,B=10,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110332</t>
+  </si>
+  <si>
+    <t>30616.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда;сталь нерж.;1,1л;,L=28,5,B=15см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110333</t>
+  </si>
+  <si>
+    <t>42528.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда;сталь нерж.;,L=32,B=10см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110334</t>
+  </si>
+  <si>
+    <t>522003-03</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>24171.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда перфорированный;сталь нерж.;,L=19,B=5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110335</t>
+  </si>
+  <si>
+    <t>522010-03</t>
+  </si>
+  <si>
+    <t>13475.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда перфорированный;сталь нерж.;,L=260,B=75мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110336</t>
+  </si>
+  <si>
+    <t>522012-03</t>
+  </si>
+  <si>
+    <t>30716.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Совок для льда «Пробар»;сталь нерж.;,L=19,B=5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110337</t>
+  </si>
+  <si>
+    <t>IS9</t>
+  </si>
+  <si>
+    <t>4417.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда;поликарбонат;150мл;,L=24,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02110338</t>
+  </si>
+  <si>
+    <t>27400170PCV</t>
+  </si>
+  <si>
+    <t>3211.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда перфорированный;сталь нерж.;,L=19см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110339</t>
+  </si>
+  <si>
+    <t>8124.00₸</t>
+  </si>
+  <si>
+    <t>Нож для колки льда «Пробар»;сталь нерж.,дерево;,L=23,B=6см;серебрист.,бежев.</t>
+  </si>
+  <si>
+    <t>02110402</t>
+  </si>
+  <si>
+    <t>ICP1</t>
+  </si>
+  <si>
+    <t>Приборы для колки льда</t>
+  </si>
+  <si>
+    <t>5173.00₸</t>
+  </si>
+  <si>
+    <t>Нож для колки льда «Пробар Премиум Мотиво»;сталь нерж.;,L=181,B=38мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110405</t>
+  </si>
+  <si>
+    <t>MIP003</t>
+  </si>
+  <si>
+    <t>Probar Premium</t>
+  </si>
+  <si>
+    <t>Motivo</t>
+  </si>
+  <si>
+    <t>5733.00₸</t>
+  </si>
+  <si>
+    <t>Нож для колки льда «Пробар Премиум Оникс»;сталь нерж.;,L=18,8,B=10см;серебрист.</t>
+  </si>
+  <si>
+    <t>02110406</t>
+  </si>
+  <si>
+    <t>MIP006</t>
+  </si>
+  <si>
+    <t>Onix</t>
+  </si>
+  <si>
+    <t>16450.00₸</t>
+  </si>
+  <si>
+    <t>Нож для колки льда «Посейдон Айс Пик»;сталь нерж.,пластик;,L=22,B=5см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02110409</t>
+  </si>
+  <si>
+    <t>L0232</t>
+  </si>
+  <si>
+    <t>Lumian</t>
+  </si>
+  <si>
+    <t>Poseidon Ice Pick</t>
+  </si>
+  <si>
+    <t>45022.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы для льда;сталь нерж.;,H=20,L=123,B=40мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110412</t>
+  </si>
+  <si>
+    <t>63800/685-TR</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>БРАЗИЛИЯ</t>
+  </si>
+  <si>
+    <t>2233.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы для льда;сталь нерж.;,H=28,L=190,B=47мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02110415</t>
+  </si>
+  <si>
+    <t>63800/645-TR</t>
+  </si>
+  <si>
+    <t>Мадлер «Пробар»;пластик;D=25,L=210мм;черный</t>
+  </si>
+  <si>
+    <t>02121215</t>
+  </si>
+  <si>
+    <t>P-030</t>
+  </si>
+  <si>
+    <t>Probar</t>
+  </si>
+  <si>
+    <t>Мадлеры и ступки</t>
+  </si>
+  <si>
+    <t>1680.00₸</t>
+  </si>
+  <si>
+    <t>02121216</t>
+  </si>
+  <si>
+    <t>P-031</t>
+  </si>
+  <si>
+    <t>2191.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер «Пробар»;пластик;D=4,L=24см;черный</t>
+  </si>
+  <si>
+    <t>02121217</t>
+  </si>
+  <si>
+    <t>P-032</t>
+  </si>
+  <si>
+    <t>4459.00₸</t>
+  </si>
+  <si>
+    <t>02121218</t>
+  </si>
+  <si>
+    <t>P-033</t>
+  </si>
+  <si>
+    <t>4935.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер «Пробар»;сталь нерж.,пластик;D=2,L=26см;серебрист.,белый</t>
+  </si>
+  <si>
+    <t>02121219</t>
+  </si>
+  <si>
+    <t>IBH02</t>
+  </si>
+  <si>
+    <t>10115.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Мадлер «Пробар»;сталь нерж.,пластик;D=20,L=205мм;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02121220</t>
+  </si>
+  <si>
+    <t>IBH01</t>
+  </si>
+  <si>
+    <t>11144.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер со ступкой;гранит;400мл;D=15,5см;серый</t>
+  </si>
+  <si>
+    <t>02121221</t>
+  </si>
+  <si>
+    <t>49618-15</t>
+  </si>
+  <si>
+    <t>61108.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер со ступкой;мрамор;250мл;D=12,5,L=20см;серый</t>
+  </si>
+  <si>
+    <t>02121225</t>
+  </si>
+  <si>
+    <t>49618-12</t>
+  </si>
+  <si>
+    <t>52068.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер;дерево;D=28,L=200мм;бежев.</t>
+  </si>
+  <si>
+    <t>02121501</t>
+  </si>
+  <si>
+    <t>00780</t>
+  </si>
+  <si>
+    <t>Leopold Vienna</t>
+  </si>
+  <si>
+    <t>5075.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Мадлер;полипроп.;D=25,L=220мм;серый</t>
+  </si>
+  <si>
+    <t>02121507</t>
+  </si>
+  <si>
+    <t>10640000PVV</t>
+  </si>
+  <si>
+    <t>7554.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер;сталь нерж.,абс-пластик;D=3,L=23см;серебрист.,оранжев.</t>
+  </si>
+  <si>
+    <t>02121508</t>
+  </si>
+  <si>
+    <t>10630000IVV</t>
+  </si>
+  <si>
+    <t>15134.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер;сталь нерж.,абс-пластик;D=3,L=23,B=3см;серебрист.,в ассорт.</t>
+  </si>
+  <si>
+    <t>02121509</t>
+  </si>
+  <si>
+    <t>15274.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер;абс-пластик;D=25,L=210мм;черный</t>
+  </si>
+  <si>
+    <t>02121510</t>
+  </si>
+  <si>
+    <t>4669.00₸</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Мадлер;пластик;D=25,L=225мм;белый</t>
+  </si>
+  <si>
+    <t>02121511</t>
+  </si>
+  <si>
+    <t>41503-22</t>
+  </si>
+  <si>
+    <t>8363.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер;сталь нерж.,пластик;D=29,L=177мм;стальной</t>
+  </si>
+  <si>
+    <t>02121515</t>
+  </si>
+  <si>
+    <t>BSBQ0467</t>
+  </si>
+  <si>
+    <t>Bonzer</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>10446.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер со ступкой;сталь нерж.;450мл;D=10,L=14см;серебрист.</t>
+  </si>
+  <si>
+    <t>02122704</t>
+  </si>
+  <si>
+    <t>11230100ICV</t>
+  </si>
+  <si>
+    <t>17143.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер со ступкой;сталь нерж.;0,55л;D=12,L=17см;серебрист.</t>
+  </si>
+  <si>
+    <t>02122705</t>
+  </si>
+  <si>
+    <t>11230120ICV</t>
+  </si>
+  <si>
+    <t>41272.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Мадлер со ступкой «Кунстверк»;фарфор;300мл;D=11,5,L=12,5см;белый</t>
+  </si>
+  <si>
+    <t>02122707</t>
+  </si>
+  <si>
+    <t>A1671</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>2184.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер со ступкой;мрамор;320мл;D=14,L=20см;серый</t>
+  </si>
+  <si>
+    <t>02122708</t>
+  </si>
+  <si>
+    <t>49618-18</t>
+  </si>
+  <si>
+    <t>86695.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер «Пробар»;сталь нерж.,нейлон;D=25,L=210мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02122712</t>
+  </si>
+  <si>
+    <t>IBH05</t>
+  </si>
+  <si>
+    <t>2800.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер «Пробар Премиум Пьюр»;сталь нерж.;D=25,L=260мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02122714</t>
+  </si>
+  <si>
+    <t>MMM002S</t>
+  </si>
+  <si>
+    <t>Pure</t>
+  </si>
+  <si>
+    <t>5348.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер «Пробар Премиум Мунлайт»;сталь нерж.;D=47,L=245мм;матовый</t>
+  </si>
+  <si>
+    <t>02122715</t>
+  </si>
+  <si>
+    <t>MMM003S</t>
+  </si>
+  <si>
+    <t>Moonlight</t>
+  </si>
+  <si>
+    <t>7413.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер «Пробар Премиум Оникс»;сталь нерж.;D=43,L=225мм;черный</t>
+  </si>
+  <si>
+    <t>02122716</t>
+  </si>
+  <si>
+    <t>MMM004B</t>
+  </si>
+  <si>
+    <t>7840.00₸</t>
+  </si>
+  <si>
+    <t>Мадлер;сталь нерж.;D=45,L=250мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02122717</t>
+  </si>
+  <si>
+    <t>L0337</t>
+  </si>
+  <si>
+    <t>14800.00₸</t>
+  </si>
+  <si>
+    <t>Нож барный;сталь нерж.,полипроп.;,L=225/110,B=17мм;серебрист.,белый</t>
+  </si>
+  <si>
+    <t>04070896</t>
+  </si>
+  <si>
+    <t>Ghidini</t>
+  </si>
+  <si>
+    <t>2973.00₸</t>
+  </si>
+  <si>
+    <t>Нож для колки льда «Хандзо Айс Катана»;сталь нерж.,дерево;,L=25/3см;серебрист.,бежев.</t>
+  </si>
+  <si>
+    <t>04073503</t>
+  </si>
+  <si>
+    <t>L0233</t>
+  </si>
+  <si>
+    <t>Hanzo Ice Katana</t>
+  </si>
+  <si>
+    <t>57989.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы для льда;сталь нерж.;,L=160,B=16мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04149538</t>
+  </si>
+  <si>
+    <t>Kapp</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>4798.00₸</t>
+  </si>
+  <si>
+    <t>Совок для льда перфорированный;поликарбонат;100мл;,L=200,B=65мм;прозр.</t>
+  </si>
+  <si>
+    <t>09100609</t>
+  </si>
+  <si>
+    <t>14958-01</t>
+  </si>
+  <si>
+    <t>5968.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
-  </si>
-[...712 lines deleted...]
-    <t>5968.00₸</t>
   </si>
   <si>
     <t>Щипцы для льда «Молле Изи Лайн»;сталь нерж.;,L=16см;металлич.</t>
   </si>
   <si>
     <t>02110414</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Molle Easy Line</t>
   </si>
   <si>
     <t>9525.00₸</t>
   </si>
   <si>
     <t>Совок для льда «Пробар Премиум»;сталь нерж.;1,5л;серебрист.</t>
   </si>
   <si>
     <t>02110345</t>
   </si>
   <si>
     <t>MT-BC-8</t>
   </si>
@@ -4035,179 +4029,179 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>55</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>62</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="L10" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>55</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L11" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>55</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L12" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="D13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>55</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="L13" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>86</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>55</v>
@@ -4389,461 +4383,463 @@
         <v>110</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D20" s="0">
         <v>75805</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>55</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>113</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="L20" s="0"/>
+      <c r="L20" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>55</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>117</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>118</v>
+        <v>82</v>
       </c>
       <c r="L21" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="E22" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>55</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="E23" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="D24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="D25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>73</v>
+        <v>138</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>141</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>142</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>145</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>146</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>118</v>
+        <v>82</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D28" s="0">
         <v>1545035</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>149</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>27</v>
+        <v>151</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L29" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>91</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D32" s="0">
         <v>1545018</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>149</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D33" s="0">
         <v>1545070</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>149</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>169</v>
+        <v>27</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D34" s="0">
         <v>1545110</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>149</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
@@ -5053,153 +5049,153 @@
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>203</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>91</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>204</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>205</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>208</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>210</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>204</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>211</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>215</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>204</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>216</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>134</v>
+        <v>72</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>217</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>219</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>220</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>204</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>222</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>169</v>
+        <v>82</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>225</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>226</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>227</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>55</v>
@@ -5355,165 +5351,165 @@
         <v>241</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>245</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>246</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>235</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>235</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>247</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L50" s="0">
         <v>216</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>248</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>249</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>250</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>91</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>251</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>68</v>
+        <v>252</v>
       </c>
       <c r="L51" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>91</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>256</v>
+        <v>180</v>
       </c>
       <c r="L52" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>258</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>259</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>260</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>261</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>262</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>263</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>264</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C55" s="0" t="s">
@@ -5547,839 +5543,839 @@
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>272</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>273</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>274</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>275</v>
+        <v>252</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>280</v>
+        <v>128</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D58" s="0">
         <v>106300</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>284</v>
+        <v>180</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="D59" s="0">
         <v>93181</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>112</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="L59" s="0">
         <v>64</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>293</v>
+        <v>270</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>118</v>
+        <v>304</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="E64" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F64" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>93</v>
       </c>
       <c r="L64" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>91</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>93</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>215</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>73</v>
+        <v>133</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>220</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>236</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>118</v>
+        <v>82</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="D71" s="0">
         <v>122</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L71" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>220</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>204</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>169</v>
+        <v>27</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="D73" s="0">
         <v>36303000</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>55</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L73" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>118</v>
+        <v>354</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="D75" s="0">
         <v>50919300</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>55</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="B76" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>362</v>
-      </c>
-[...4 lines deleted...]
-        <v>364</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L76" s="0"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="B77" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>366</v>
-      </c>
-[...4 lines deleted...]
-        <v>368</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="B78" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>370</v>
-      </c>
-[...4 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="B79" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>373</v>
-      </c>
-[...4 lines deleted...]
-        <v>375</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>55</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="B80" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>377</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="B81" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>381</v>
-      </c>
-[...4 lines deleted...]
-        <v>383</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>209</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L81" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>