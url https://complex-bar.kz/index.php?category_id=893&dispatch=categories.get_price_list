--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,138 +74,132 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Нарзанник одноступенчатый;сталь нерж.,полипроп.;,H=18,L=110,B=25мм;серебрист.,черный</t>
   </si>
   <si>
     <t>02060302</t>
   </si>
   <si>
     <t>026black</t>
   </si>
   <si>
     <t>Ghidini</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Нарзанники</t>
   </si>
   <si>
     <t>3573.00₸</t>
   </si>
   <si>
-    <t>46 шт.</t>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Нарзанник одноступенчатый;сталь нерж.;,H=15,L=110,B=20мм;серебрист.</t>
   </si>
   <si>
     <t>02060303</t>
   </si>
   <si>
     <t>035</t>
   </si>
   <si>
     <t>3473.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Нарзанник одноступенчатый;сталь нерж.,пластик;,H=10,L=145,B=45мм;черный,серебрист.</t>
   </si>
   <si>
     <t>02060307</t>
   </si>
   <si>
     <t>036black</t>
   </si>
   <si>
     <t>4813.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нарзанник одноступенчатый;сталь нерж.,абс-пластик;,H=20,L=130,B=28мм;черный,серебрист.</t>
   </si>
   <si>
     <t>02060308</t>
   </si>
   <si>
     <t>9333.00₸</t>
   </si>
   <si>
     <t>16 шт.</t>
   </si>
   <si>
     <t>Нарзанник одноступенчатый;сталь нерж.;,H=12,L=130,B=40мм;серебрист.</t>
   </si>
   <si>
     <t>02060309</t>
   </si>
   <si>
     <t>025</t>
   </si>
   <si>
     <t>4051.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Нарзанник одноступенчатый с роликовым ножом;сталь нерж.,пластик;,H=1,L=12,B=2см;серебрист.,черный</t>
   </si>
   <si>
     <t>02060312</t>
   </si>
   <si>
     <t>030</t>
   </si>
   <si>
     <t>4944.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нарзанник одноступенчатый прорезиненный;сталь нерж.;,H=1,L=12,B=2см;черный,серебрист.</t>
   </si>
   <si>
     <t>02060313</t>
   </si>
   <si>
     <t>030R</t>
   </si>
   <si>
     <t>5313.00₸</t>
   </si>
   <si>
-    <t>48 шт.</t>
+    <t>44 шт.</t>
   </si>
   <si>
     <t>Нарзанник одноступенчатый;сталь нерж.;,H=1,L=11,B=2см;серебрист.</t>
   </si>
   <si>
     <t>02060317</t>
   </si>
   <si>
     <t>4790.00₸</t>
   </si>
   <si>
     <t>23 шт.</t>
   </si>
   <si>
     <t>Нарзанник одноступенчатый;сталь нерж.;,L=100,B=15мм;серебрист.</t>
   </si>
   <si>
     <t>02060322</t>
   </si>
   <si>
     <t>01837</t>
   </si>
   <si>
     <t>Leopold Vienna</t>
   </si>
@@ -359,68 +353,77 @@
   <si>
     <t>02060370</t>
   </si>
   <si>
     <t>004-806-01</t>
   </si>
   <si>
     <t>3643.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Нарзанник «Пултапс» двухступенчатый;сталь нерж.,пластик;,H=15,L=150,B=30мм;серебрист.,тем.син.</t>
   </si>
   <si>
     <t>02060371</t>
   </si>
   <si>
     <t>004-806-02</t>
   </si>
   <si>
     <t>3119.00₸</t>
   </si>
   <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
     <t>Нарзанник «Пултапс» двухступенчатый;сталь нерж.,пластик;,H=15,L=150,B=30мм;серебрист.,бордо</t>
   </si>
   <si>
     <t>02060372</t>
   </si>
   <si>
     <t>004-806-03</t>
   </si>
   <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
     <t>Нарзанник «Пултапс» двухступенчатый;сталь нерж.,пластик;,H=15,L=150,B=30мм;серебрист.,белый</t>
   </si>
   <si>
     <t>02060373</t>
   </si>
   <si>
     <t>004-806-00</t>
   </si>
   <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
     <t>Нарзанник «Сваровски» двухступенчатый в подарочной коробке;сталь нерж.;,H=35,L=180,B=112мм;серебрист</t>
   </si>
   <si>
     <t>02060376</t>
   </si>
   <si>
     <t>107-756-00</t>
   </si>
   <si>
     <t>Swarovsky</t>
   </si>
   <si>
     <t>30007.00₸</t>
   </si>
   <si>
     <t>02060377</t>
   </si>
   <si>
     <t>107-755-00</t>
   </si>
   <si>
     <t>33742.00₸</t>
   </si>
   <si>
     <t>Нарзанник «Толедо» двухступенчатый в подарочной коробке;сталь нерж.,дерево;,L=18,B=2см;серебрист.,ко</t>
@@ -479,62 +482,68 @@
   <si>
     <t>Нарзанник одноступенчатый с чехлом в подарочной коробке;сталь нерж.,дерево;,L=150,B=35мм;серебрист.,</t>
   </si>
   <si>
     <t>02060384</t>
   </si>
   <si>
     <t>130623.00₸</t>
   </si>
   <si>
     <t>Нарзанник «КликКат» двухступенчатый;сталь хромир.;,H=15,L=145,B=35мм;серебрист.</t>
   </si>
   <si>
     <t>02060386</t>
   </si>
   <si>
     <t>004-915-04</t>
   </si>
   <si>
     <t>ClickCut</t>
   </si>
   <si>
     <t>8478.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
     <t>Нарзанник «КликКат» двухступенчатый;сталь хромир.,пластик;,H=15,L=145,B=35мм;серебрист.,черный</t>
   </si>
   <si>
     <t>02060387</t>
   </si>
   <si>
     <t>004-915-01</t>
   </si>
   <si>
     <t>3350.00₸</t>
   </si>
   <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
     <t>Нарзанник одноступенчатый;сталь нерж.,полипроп.;,H=18,L=110,B=35мм;белый,серебрист.</t>
   </si>
   <si>
     <t>02060388</t>
   </si>
   <si>
     <t>026white</t>
   </si>
   <si>
     <t>3412.00₸</t>
   </si>
   <si>
     <t>Нарзанник «Пробар» двухступенчатый;сталь нерж.,пластик;,L=12,B=2см;бордо,серебрист.</t>
   </si>
   <si>
     <t>02060389</t>
   </si>
   <si>
     <t>HH749B</t>
   </si>
   <si>
     <t>Нарзанник «Клавелин» двухступенчатый;сталь нерж.,абс-пластик;,L=140,B=35мм;черный,серебрист.</t>
   </si>
   <si>
     <t>02060404</t>
@@ -594,53 +603,50 @@
     <t>02060426</t>
   </si>
   <si>
     <t>004-915-22</t>
   </si>
   <si>
     <t>Нарзанник одноступенчатый;сталь нерж.,пластик;,H=10,L=145,B=45мм;красный,серебрист.</t>
   </si>
   <si>
     <t>02060427</t>
   </si>
   <si>
     <t>036red</t>
   </si>
   <si>
     <t>3743.00₸</t>
   </si>
   <si>
     <t>Нарзанник «Сваровски» двухступенчатый с чехлом;сталь нерж.,тефлон;,L=115,B=20мм;серебрист.</t>
   </si>
   <si>
     <t>02060433</t>
   </si>
   <si>
     <t>109-151-00</t>
-  </si>
-[...1 lines deleted...]
-    <t>8 шт.</t>
   </si>
   <si>
     <t>Нарзанник двухступенчатый;сталь нерж.;,H=16,L=113,B=30мм;черный,металлич.</t>
   </si>
   <si>
     <t>02060435</t>
   </si>
   <si>
     <t>41699-20</t>
   </si>
   <si>
     <t>9063.00₸</t>
   </si>
   <si>
     <t>Нарзанник «Пробар» одноступенчатый;сталь нерж.,дерево;серебрист.,деревян.</t>
   </si>
   <si>
     <t>02060440</t>
   </si>
   <si>
     <t>LK735A</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
@@ -2364,1330 +2370,1330 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D5" s="0">
         <v>3007</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L6" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D9" s="0">
         <v>1806</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="L9" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="E10" s="0" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L10" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C11" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E11" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L13" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="E14" s="0" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="E17" s="0" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D18" s="0">
         <v>250001</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="E19" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="D19" s="0" t="s">
+      <c r="F19" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="G19" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="E19" s="0" t="s">
+      <c r="H19" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>101</v>
-      </c>
-[...10 lines deleted...]
-        <v>103</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="L19" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="E20" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>106</v>
-      </c>
-[...16 lines deleted...]
-        <v>108</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="L20" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="E21" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="L21" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="D22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>38</v>
+        <v>116</v>
       </c>
       <c r="L22" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>119</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="L23" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D29" s="0">
         <v>6020300</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D30" s="0">
         <v>6685860</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>104</v>
+        <v>155</v>
       </c>
       <c r="L31" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>52</v>
+        <v>160</v>
       </c>
       <c r="L32" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L33" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D35" s="0">
         <v>200428</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L39" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>193</v>
+        <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="B43" s="0" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="L43" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>