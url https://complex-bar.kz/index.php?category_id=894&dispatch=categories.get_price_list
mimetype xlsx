--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -125,174 +125,174 @@
   <si>
     <t>Штопор с рычагами;сталь нерж.;D=35,L=165мм;серебрист.</t>
   </si>
   <si>
     <t>04100307</t>
   </si>
   <si>
     <t>004S</t>
   </si>
   <si>
     <t>4682.00₸</t>
   </si>
   <si>
     <t>Штопор с рычагами;сталь нерж.;D=35,L=165,B=43мм;серебрист.</t>
   </si>
   <si>
     <t>04100308</t>
   </si>
   <si>
     <t>004</t>
   </si>
   <si>
     <t>4205.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Штопор с рычагами;сталь нерж.;D=35,L=190,B=60мм;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04100309</t>
+  </si>
+  <si>
+    <t>12305.00₸</t>
+  </si>
+  <si>
+    <t>Штопор с рычагами;сталь нерж.,абс-пластик;D=4,L=18см;черный,серебрист.</t>
+  </si>
+  <si>
+    <t>04100313</t>
+  </si>
+  <si>
+    <t>12043.00₸</t>
+  </si>
+  <si>
+    <t>Штопор с обрезателем фольги;сталь нерж.,абс-пластик;D=65,H=195,B=65мм;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04100315</t>
+  </si>
+  <si>
+    <t>17857.00₸</t>
+  </si>
+  <si>
+    <t>Штопор «Пробар» с рычагами;сталь нерж.;D=35,L=160,B=50мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04100332</t>
+  </si>
+  <si>
+    <t>HH201</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>4144.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Штопор с рычагами;сталь нерж.;D=3,L=17,B=5см;стальной</t>
+  </si>
+  <si>
+    <t>04100340</t>
+  </si>
+  <si>
+    <t>7993.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Штопор «Брукарт» в подарочной коробке;сталь нерж.;,H=35,L=185,B=115мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04100341</t>
+  </si>
+  <si>
+    <t>107-726-00</t>
+  </si>
+  <si>
+    <t>Pulltaps</t>
+  </si>
+  <si>
+    <t>Brucart</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>68099.00₸</t>
+  </si>
+  <si>
+    <t>Штопор;пластик,сталь нерж.;D=45,B=50мм;черный</t>
+  </si>
+  <si>
+    <t>04100342</t>
+  </si>
+  <si>
+    <t>Vacuvin</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>6620.00₸</t>
+  </si>
+  <si>
+    <t>Штопор настольный;сталь;,H=85,L=500,B=170мм;серебрян.</t>
+  </si>
+  <si>
+    <t>04100404</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>45115.00₸</t>
+  </si>
+  <si>
+    <t>Штопор «Пробар» с рычагами;сталь нерж.;D=35,L=145,B=50мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04100420</t>
+  </si>
+  <si>
+    <t>HH212</t>
+  </si>
+  <si>
+    <t>4326.00₸</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
-  </si>
-[...121 lines deleted...]
-    <t>4326.00₸</t>
   </si>
   <si>
     <t>Штопор полуавтоматический;сталь нерж.,абс-пластик;,L=25см;серебрист.,черный</t>
   </si>
   <si>
     <t>04100431</t>
   </si>
   <si>
     <t>Arcos</t>
   </si>
   <si>
     <t>69370.00₸</t>
   </si>
   <si>
     <t>Штопор с рычагами;сталь нерж.;D=35,L=165,B=45мм;серебрист.</t>
   </si>
   <si>
     <t>09101568</t>
   </si>
   <si>
     <t>41699-10</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
@@ -1366,331 +1366,331 @@
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="0">
         <v>210</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="L7" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="D8" s="0">
         <v>3003</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D9" s="0">
         <v>3006</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="E10" s="0" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L10" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D11" s="0">
         <v>320</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="E12" s="0" t="s">
+      <c r="F12" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="F12" s="0" t="s">
+      <c r="G12" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D13" s="0">
         <v>6852460</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D14" s="0">
         <v>93299</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="D15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>36</v>
+        <v>77</v>
       </c>
       <c r="L15" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D16" s="0">
         <v>604100</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>81</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E17" s="0" t="s">