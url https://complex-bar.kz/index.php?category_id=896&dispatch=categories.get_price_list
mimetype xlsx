--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="594">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="580">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -107,51 +107,51 @@
   <si>
     <t>12569-05</t>
   </si>
   <si>
     <t>6210.00₸</t>
   </si>
   <si>
     <t>Пробка для вина с рычагом;сталь нерж.,резина;D=15,H=75мм;серебрист.,белый</t>
   </si>
   <si>
     <t>02070102</t>
   </si>
   <si>
     <t>057</t>
   </si>
   <si>
     <t>Ghidini</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Помпы и пробки</t>
   </si>
   <si>
-    <t>917.00₸</t>
+    <t>963.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Пробка для шампанского «Пробар»;сталь нерж.;D=40,H=47мм;серебрист.</t>
   </si>
   <si>
     <t>02070218</t>
   </si>
   <si>
     <t>HH255C</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>3542.00₸</t>
   </si>
   <si>
     <t>Пробка для вина «Пробар»;сталь нерж.;D=4,H=5см;серебрист.</t>
   </si>
@@ -248,305 +248,293 @@
   <si>
     <t>Пробка вакуум. д/вина[2шт];пластик;D=40,H=35,L=35,B=40мм;коричнев.</t>
   </si>
   <si>
     <t>02070244</t>
   </si>
   <si>
     <t>3649.00₸</t>
   </si>
   <si>
     <t>Пробка для шампанского;абс-пластик;D=56,H=76мм;черный</t>
   </si>
   <si>
     <t>02070247</t>
   </si>
   <si>
     <t>Vacuvin</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
   <si>
     <t>11050.00₸</t>
   </si>
   <si>
+    <t>Пробка для вина (для арт. 2070205);резина;D=3,H=4см;серый</t>
+  </si>
+  <si>
+    <t>02070253</t>
+  </si>
+  <si>
+    <t>0061300</t>
+  </si>
+  <si>
+    <t>1594.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Пробка для вина и шампанского;абс-пластик;D=45,H=50мм;черный</t>
+  </si>
+  <si>
+    <t>02070301</t>
+  </si>
+  <si>
+    <t>ТАЙВАНЬ (КИТАЙ)</t>
+  </si>
+  <si>
+    <t>6099.00₸</t>
+  </si>
+  <si>
+    <t>Пробка для сохранения и розлива вина;пластик;D=43,H=50мм;черный</t>
+  </si>
+  <si>
+    <t>02070302</t>
+  </si>
+  <si>
+    <t>2318.00₸</t>
+  </si>
+  <si>
+    <t>Пробка для шампанского;нейлон;D=65/40,H=90мм;черный</t>
+  </si>
+  <si>
+    <t>02070303</t>
+  </si>
+  <si>
+    <t>062</t>
+  </si>
+  <si>
+    <t>5645.00₸</t>
+  </si>
+  <si>
+    <t>Пробка для шампанского;пластик;D=4,H=5см;бордо</t>
+  </si>
+  <si>
+    <t>02070308</t>
+  </si>
+  <si>
+    <t>1801/15burgundy</t>
+  </si>
+  <si>
+    <t>3111.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для пробок настенный;сталь нерж.;,H=23,L=16,B=8см;серебрист.</t>
+  </si>
+  <si>
+    <t>02070315</t>
+  </si>
+  <si>
+    <t>CT4</t>
+  </si>
+  <si>
+    <t>Co-rect</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>Барные органайзеры</t>
+  </si>
+  <si>
+    <t>17888.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Пробка для вина[2шт];сталь нерж.;D=4,H=9см;серебрист.</t>
+  </si>
+  <si>
+    <t>02070316</t>
+  </si>
+  <si>
+    <t>10580020IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>11886.00₸</t>
+  </si>
+  <si>
+    <t>Пробка для шампанского[2шт];сталь нерж.;D=40,H=45мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02070317</t>
+  </si>
+  <si>
+    <t>10600020IVV</t>
+  </si>
+  <si>
+    <t>13272.00₸</t>
+  </si>
+  <si>
+    <t>Пробка для шампанского;пластик;D=40,H=47мм;черный</t>
+  </si>
+  <si>
+    <t>02070327</t>
+  </si>
+  <si>
+    <t>15black</t>
+  </si>
+  <si>
+    <t>3512.00₸</t>
+  </si>
+  <si>
+    <t>Пробка для вина с рычагом;резина,пластик;D=42,H=78мм;красный</t>
+  </si>
+  <si>
+    <t>02070503</t>
+  </si>
+  <si>
+    <t>1194.00₸</t>
+  </si>
+  <si>
+    <t>Пробка для вина и шампанского «Шар»;пластик,силикон;D=2,L=9см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02070509</t>
+  </si>
+  <si>
+    <t>Доляна</t>
+  </si>
+  <si>
+    <t>875.00₸</t>
+  </si>
+  <si>
+    <t>Струбцина для бутылок «Бонзер» (для 1 шт.);сталь нерж.;,H=315,B=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02080102</t>
+  </si>
+  <si>
+    <t>12600-02</t>
+  </si>
+  <si>
+    <t>4081.00₸</t>
+  </si>
+  <si>
+    <t>Струбцина на 1 бутылку</t>
+  </si>
+  <si>
+    <t>02080104</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>13502.00₸</t>
+  </si>
+  <si>
+    <t>Струбцина для бутылок «Бонзер» (для 2 шт.);сталь нерж.;,H=31,5,B=17см;серебрист.</t>
+  </si>
+  <si>
+    <t>02080202</t>
+  </si>
+  <si>
+    <t>12602-01</t>
+  </si>
+  <si>
+    <t>10180.00₸</t>
+  </si>
+  <si>
+    <t>Струбцина для бутылок «Бонзер» (для 4 шт.);сталь нерж.;,H=31,5,L=34см;серебрист.</t>
+  </si>
+  <si>
+    <t>02080402</t>
+  </si>
+  <si>
+    <t>12602-03</t>
+  </si>
+  <si>
+    <t>16040.00₸</t>
+  </si>
+  <si>
+    <t>Струбцина для бутылок «Бонзер» (для 5 шт.);сталь нерж.;,H=31,5,B=42см;серебрист.</t>
+  </si>
+  <si>
+    <t>02080502</t>
+  </si>
+  <si>
+    <t>12602-04</t>
+  </si>
+  <si>
+    <t>20821.00₸</t>
+  </si>
+  <si>
+    <t>Струбцина для бутылок «Бонзер» (для 6 шт.);сталь нерж.;,H=31,5,B=51см;серебрист.</t>
+  </si>
+  <si>
+    <t>02080602</t>
+  </si>
+  <si>
+    <t>12602-05</t>
+  </si>
+  <si>
+    <t>25087.00₸</t>
+  </si>
+  <si>
+    <t>Струбцина для бутылок «Бонзер» (для 4 шт.) вращающаяся;сталь нерж.;D=22,H=51см;серебрист.</t>
+  </si>
+  <si>
+    <t>02090403</t>
+  </si>
+  <si>
+    <t>12598-01</t>
+  </si>
+  <si>
+    <t>45446.00₸</t>
+  </si>
+  <si>
+    <t>Струбцина для бутылок «Бонзер» (для 4 шт.) вращающаяся, наст. креп., без дозатора;алюмин.,пластик;,H</t>
+  </si>
+  <si>
+    <t>02090405</t>
+  </si>
+  <si>
+    <t>BKRB0018/2024</t>
+  </si>
+  <si>
+    <t>75345.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Пробка для вина (для арт. 2070205);резина;D=3,H=4см;серый</t>
-[...250 lines deleted...]
-  <si>
     <t>Струбцина для бутылок (для 5 шт.) вращающаяся, наст. креп., без дозатора</t>
   </si>
   <si>
     <t>02090501</t>
   </si>
   <si>
     <t>66971.00₸</t>
   </si>
   <si>
     <t>Струбцина для бутылок «Бонзер» (для 6 шт.) вращающаяся;сталь нерж.;D=28,H=51см;серебрист.</t>
   </si>
   <si>
     <t>02090604</t>
   </si>
   <si>
     <t>12598-03</t>
   </si>
   <si>
     <t>55501.00₸</t>
   </si>
   <si>
     <t>Струбцина для бутылок «Бонзер» (для 6 шт.) вращающаяся;сталь нерж.;,H=42,L=28см;золотой</t>
   </si>
   <si>
     <t>02090607</t>
@@ -641,77 +629,77 @@
   <si>
     <t>Емкость для сока «Пробар» с лейкой;полипроп.;1л;D=95,H=330мм;белый,в ассорт.</t>
   </si>
   <si>
     <t>02120411</t>
   </si>
   <si>
     <t>JD-BSP1L</t>
   </si>
   <si>
     <t>3241.00₸</t>
   </si>
   <si>
     <t>Емкость для сока «Пробар» с лейкой;полипроп.;2л;D=12,H=33см;белый,в ассорт.</t>
   </si>
   <si>
     <t>02120412</t>
   </si>
   <si>
     <t>JD-BSP2L/JW-BSP2</t>
   </si>
   <si>
     <t>3570.00₸</t>
   </si>
   <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
     <t>Емкость для сока «Пробар» с лейкой;полипроп.;2,5л;D=12,5,H=38см;белый,в ассорт.</t>
   </si>
   <si>
     <t>02120413</t>
   </si>
   <si>
     <t>JD-BSP2.5L</t>
   </si>
   <si>
     <t>4158.00₸</t>
   </si>
   <si>
     <t>Емкость для сока с лейкой;полипроп.;1л;D=9,H=16см;белый,красный</t>
   </si>
   <si>
     <t>02120414</t>
   </si>
   <si>
     <t>44106R10</t>
   </si>
   <si>
     <t>9656.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Емкость для сока с лейкой;полипроп.;2л;D=12,5,H=36см;белый,красный</t>
   </si>
   <si>
     <t>02120415</t>
   </si>
   <si>
     <t>44106R20</t>
   </si>
   <si>
     <t>12128.00₸</t>
   </si>
   <si>
     <t>Емкость для сока «Пробар» с крышкой;полипроп.;0,5л;D=95,H=90мм;белый,в ассорт.</t>
   </si>
   <si>
     <t>02120432</t>
   </si>
   <si>
     <t>JW-BSP0.5LJ</t>
   </si>
   <si>
     <t>1491.00₸</t>
   </si>
   <si>
     <t>Емкость для сока «Пробар» с крышкой;полипроп.;1л;D=90,H=165мм;белый,в ассорт.</t>
@@ -881,77 +869,77 @@
   <si>
     <t>JD-BMQ</t>
   </si>
   <si>
     <t>11375.00₸</t>
   </si>
   <si>
     <t>Коврик барный «Пробар»;резина;,L=45,B=30см;коричнев.</t>
   </si>
   <si>
     <t>02120625</t>
   </si>
   <si>
     <t>11627.00₸</t>
   </si>
   <si>
     <t>02120626</t>
   </si>
   <si>
     <t>JW-GBM</t>
   </si>
   <si>
     <t>8022.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
     <t>Коврик барный «Пробар»;резина;,L=30,B=15см;черный</t>
   </si>
   <si>
     <t>02120627</t>
   </si>
   <si>
     <t>JW-GSM</t>
   </si>
   <si>
     <t>8652.00₸</t>
   </si>
   <si>
     <t>Сетка барная;поливинилхл.;,L=300,B=61см;черный</t>
   </si>
   <si>
     <t>02120636</t>
   </si>
   <si>
     <t>020342</t>
   </si>
   <si>
     <t>113706.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Коврик барный «Пробар» рельефный;полипроп.;,H=5,L=300,B=300мм;черный</t>
   </si>
   <si>
     <t>02120638</t>
   </si>
   <si>
     <t>JD-BDM</t>
   </si>
   <si>
     <t>6398.00₸</t>
   </si>
   <si>
     <t>Коврик барный рельефный;полипроп.;,L=33,B=33см;черный</t>
   </si>
   <si>
     <t>02120641</t>
   </si>
   <si>
     <t>8085.00₸</t>
   </si>
   <si>
     <t>Коврик барный;резина;,L=30,B=15см;черный</t>
   </si>
   <si>
     <t>02120642</t>
@@ -1295,51 +1283,51 @@
   <si>
     <t>02121229</t>
   </si>
   <si>
     <t>BM-240B</t>
   </si>
   <si>
     <t>Полка для бутылок (1 ряд);сталь нерж.;,H=11,L=65,B=10,5см;серебрист.</t>
   </si>
   <si>
     <t>02121451</t>
   </si>
   <si>
     <t>72804.00₸</t>
   </si>
   <si>
     <t>Полка для бутылок (1 ряд);сталь нерж.;,H=15,5,L=56,B=10,5см;серебрист.</t>
   </si>
   <si>
     <t>02121453</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
-    <t>31324.00₸</t>
+    <t>42497.00₸</t>
   </si>
   <si>
     <t>Доска барная полукруглая;сталь нерж.,пробка натур.;D=34,B=17см;серебрист.,бежев.</t>
   </si>
   <si>
     <t>02123201</t>
   </si>
   <si>
     <t>10065-02</t>
   </si>
   <si>
     <t>21507.00₸</t>
   </si>
   <si>
     <t>Диспенсер для сока двойной 6л*2,4охл.элемента;сталь нерж.,пластик;,H=48,L=35,B=45см;металлич.,прозр.</t>
   </si>
   <si>
     <t>02123604</t>
   </si>
   <si>
     <t>Sunday</t>
   </si>
   <si>
     <t>436940.00₸</t>
   </si>
@@ -1496,195 +1484,165 @@
   <si>
     <t>04150620</t>
   </si>
   <si>
     <t>44060-50</t>
   </si>
   <si>
     <t>39956.00₸</t>
   </si>
   <si>
     <t>Подставка барная (5 отделений);фанера;,H=10,L=30,B=14см;коричнев.</t>
   </si>
   <si>
     <t>04150854</t>
   </si>
   <si>
     <t>V807S-00T</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>19751.00₸</t>
   </si>
   <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Подставка барная (3 отделения);дуб;,H=12,L=30,B=12,5см;тем.корич.</t>
+  </si>
+  <si>
+    <t>04150859</t>
+  </si>
+  <si>
+    <t>Q822S-00O</t>
+  </si>
+  <si>
+    <t>22869.00₸</t>
+  </si>
+  <si>
+    <t>Подставка барная (9 отделений);бук;,H=17,5,L=43,B=26,5см;бежев.</t>
+  </si>
+  <si>
+    <t>04151314</t>
+  </si>
+  <si>
+    <t>F841L-00N</t>
+  </si>
+  <si>
+    <t>46963.00₸</t>
+  </si>
+  <si>
+    <t>Диспенсер для капсул;бук;,H=29,5,L=30,B=10,5см;деревян.</t>
+  </si>
+  <si>
+    <t>04151315</t>
+  </si>
+  <si>
+    <t>F842O-00N</t>
+  </si>
+  <si>
+    <t>30492.00₸</t>
+  </si>
+  <si>
+    <t>Диспенсер для капсул;металл;,H=36,L=15,B=17см;черный</t>
+  </si>
+  <si>
+    <t>04151326</t>
+  </si>
+  <si>
+    <t>Krispy</t>
+  </si>
+  <si>
+    <t>11774.00₸</t>
+  </si>
+  <si>
+    <t>Полка для бутылок (на 9 шт.);сталь нерж.;,H=28,L=90,B=10см;стальной</t>
+  </si>
+  <si>
+    <t>04151332</t>
+  </si>
+  <si>
+    <t>Hold</t>
+  </si>
+  <si>
+    <t>54986.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер барный (4 съемные секции);дуб;D=180,H=56мм;деревян.</t>
+  </si>
+  <si>
+    <t>04151351</t>
+  </si>
+  <si>
+    <t>Q848O-00N</t>
+  </si>
+  <si>
+    <t>31863.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Подставка барная (3 отделения);дуб;,H=12,L=30,B=12,5см;тем.корич.</t>
-[...70 lines deleted...]
-  <si>
     <t>Подставка барная с ручкой (4 секции 62х62х80 мм);дуб;,H=18,8,L=15,B=15см;деревян.</t>
   </si>
   <si>
     <t>04151352</t>
   </si>
   <si>
     <t>Q849O-00N</t>
   </si>
   <si>
     <t>23485.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Крышка емкости д/сока;пластик;D=125,H=35мм;серый</t>
-[...16 lines deleted...]
-  <si>
     <t>Диспенсер для крышек (D=62-98мм) встраиваемый;пластик;D=15,3/12,H=45см;черный,стальной</t>
   </si>
   <si>
     <t>08012006</t>
   </si>
   <si>
     <t>12575-01</t>
   </si>
   <si>
     <t>91307.00₸</t>
   </si>
   <si>
     <t>Диспенсер для трубочек;сталь нерж.,пластик;D=15,3/12,H=15см;серебрист.,черный</t>
   </si>
   <si>
     <t>08012009</t>
   </si>
   <si>
     <t>10119-02</t>
   </si>
   <si>
     <t>82759.00₸</t>
-  </si>
-[...13 lines deleted...]
-    <t>18 шт.</t>
   </si>
   <si>
     <t>Диспенсер для стаканов (D=73-121мм) встраиваемый;пластик;D=14,6,H=59,7,L=59,7см;синий</t>
   </si>
   <si>
     <t>08012012</t>
   </si>
   <si>
     <t>C2410C</t>
   </si>
   <si>
     <t>66584.00₸</t>
   </si>
   <si>
     <t>Кольцо к диспенсеру C2410C;сталь нерж.;D=14,6см</t>
   </si>
   <si>
     <t>08012013</t>
   </si>
   <si>
     <t>C24XC</t>
   </si>
   <si>
     <t>Ez Fit</t>
   </si>
@@ -1855,51 +1813,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1549150B-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1549150D-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A087B10-E3C6-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243BD8-20CF-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67AD2666-F94B-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243C8A-20CF-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971B9-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA299DA8-20CF-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B61-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B62-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DA2-424E-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025C9-4250-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243B26-20CF-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA299EFA-20CF-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA299D08-20CF-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5639418F-4251-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243A74-20CF-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F42439D4-20CF-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A3C1458-E3C7-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243D3C-20CF-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6F4E-20CF-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243934-20CF-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA299C68-20CF-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D8E1D-DC9C-11ED-BC07-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66072437-E3C5-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCC3-424B-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66072436-E3C5-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FDCCEC3-E3C5-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FDCCEC2-E3C5-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FDCCEC1-E3C5-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB64-E3C7-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB66-E3C7-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A48-424B-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A4A-424B-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823E4-424B-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD292C-424C-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A49-424B-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB65-E3C7-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2C9516-20CF-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823EC-424B-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6420ED0-424B-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14A8-424D-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14A9-424D-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14AA-424D-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14AB-424D-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FB6568B-696D-11EC-BBF7-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB63C050-20D0-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CC33938-E569-11EF-BC53-00505692E2D048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CC33731-E569-11EF-BC53-00505692E2D049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CC3382C-E569-11EF-BC53-00505692E2D050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16B70F91-E569-11EF-BC53-00505692E2D051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CFC06DC-E3C7-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3D5-4251-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C47-424B-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C48-424B-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C49-424B-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C4A-424B-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C4B-424B-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00FE-424C-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14B8-424D-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14B9-424D-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A932029F-20D0-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9320351-20D0-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD890-3126-11EC-BBF4-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF534E4C-20D0-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F727-20CF-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD075-4254-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F980D-4254-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDF6-4254-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDF7-4254-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20A65439-E3C7-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDF9-4254-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDFA-4254-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDFB-4254-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823EF-424B-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF29-E3C6-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F1-424B-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F2-424B-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F3-424B-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F4-424B-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF28-E3C6-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F6-424B-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1834-424E-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1835-424E-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1836-424E-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2F-E3C6-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2E-E3C6-11EB-BBF2-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2C-E3C6-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2B-E3C6-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2D-E3C6-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF30-E3C6-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2A-E3C6-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C3A-424B-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C3B-424B-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C3C-424B-11E8-A155-00259035BB6795.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C44-424B-11E8-A155-00259035BB6796.gif"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F919-20CF-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F879-20CF-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F9CB-20CF-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F7C7-20CF-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8BD-424F-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89FB-424F-11E8-A155-00259035BB67102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B2D-4250-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E59E1049-20D0-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1348-4253-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978C84D-21BA-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C05D6CB5-83D1-11ED-BC04-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978C8FF-21BA-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDBC8C2-E3D3-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A51-424E-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C3449-E3D3-11EB-BBF2-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA1C4017-21BF-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5014-4253-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE18D-4254-11E8-A155-00259035BB67114.gif"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE18E-4254-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC9040-4254-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14A02538-EA57-11EB-BBF2-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169EA1C6-4255-11E8-A155-00259035BB67118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCAA97-2223-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4247A6F1-CF50-11EF-BC46-0050569297EB120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42791939-27A5-11F0-BC4F-00505692C447121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262BDD7C-0C29-11EE-BC09-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225DD4E9-D3A8-11ED-BC05-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069341A5-E5B5-11ED-BC09-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06933FC5-E5B5-11ED-BC09-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3C-424E-11E8-A155-00259035BB67126.gif"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A527E-4252-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39FD850-2230-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A132E-4253-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE81-4252-11E8-A155-00259035BB67130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C39652D1-2230-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39FD8F0-2230-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD1B1D8-7259-11EC-BBF7-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6B164-823F-11EE-BC10-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6B0B2-823F-11EE-BC10-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DD5-424E-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A68F-3126-11EC-BBF4-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2BEF2-7C52-11EF-BC4D-00505692C447138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2BE1B-7C52-11EF-BC4D-00505692C447139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2C010-7C52-11EF-BC4D-00505692C447140.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1549150B-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1549150D-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A087B10-E3C6-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243BD8-20CF-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67AD2666-F94B-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243C8A-20CF-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971B9-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA299DA8-20CF-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B61-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B62-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DA2-424E-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025C9-4250-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243B26-20CF-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA299EFA-20CF-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA299D08-20CF-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5639418F-4251-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243A74-20CF-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F42439D4-20CF-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A3C1458-E3C7-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243D3C-20CF-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2C6F4E-20CF-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4243934-20CF-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA299C68-20CF-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D8E1D-DC9C-11ED-BC07-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66072437-E3C5-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCC3-424B-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66072436-E3C5-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FDCCEC3-E3C5-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FDCCEC2-E3C5-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FDCCEC1-E3C5-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB64-E3C7-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A48-424B-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A4A-424B-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823E4-424B-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6FD292C-424C-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A49-424B-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB65-E3C7-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2C9516-20CF-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823EC-424B-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6420ED0-424B-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14A8-424D-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14A9-424D-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14AA-424D-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14AB-424D-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FB6568B-696D-11EC-BBF7-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB63C050-20D0-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CC33938-E569-11EF-BC53-00505692E2D047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CC33731-E569-11EF-BC53-00505692E2D048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CC3382C-E569-11EF-BC53-00505692E2D049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16B70F91-E569-11EF-BC53-00505692E2D050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CFC06DC-E3C7-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3D5-4251-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C47-424B-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C48-424B-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C49-424B-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C4A-424B-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C4B-424B-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00FE-424C-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14B8-424D-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14B9-424D-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A932029F-20D0-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9320351-20D0-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3DAFD890-3126-11EC-BBF4-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF534E4C-20D0-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F727-20CF-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208CD075-4254-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F980D-4254-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDF6-4254-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDF7-4254-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20A65439-E3C7-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDF9-4254-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDFA-4254-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDFB-4254-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823EF-424B-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF29-E3C6-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F1-424B-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F2-424B-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F3-424B-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F4-424B-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF28-E3C6-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823F6-424B-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1834-424E-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1835-424E-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1836-424E-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2F-E3C6-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2E-E3C6-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2C-E3C6-11EB-BBF2-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2B-E3C6-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2D-E3C6-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF30-E3C6-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF2A-E3C6-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C3A-424B-11E8-A155-00259035BB6792.gif"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C3B-424B-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C3C-424B-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C44-424B-11E8-A155-00259035BB6795.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F919-20CF-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F879-20CF-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F9CB-20CF-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E825F7C7-20CF-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8BD-424F-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89FB-424F-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B2D-4250-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E59E1049-20D0-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A1348-4253-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978C84D-21BA-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C05D6CB5-83D1-11ED-BC04-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978C8FF-21BA-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDBC8C2-E3D3-11EB-BBF2-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A51-424E-11E8-A155-00259035BB67109.gif"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C3449-E3D3-11EB-BBF2-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA1C4017-21BF-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5014-4253-11E8-A155-00259035BB67112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE18D-4254-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988EE18E-4254-11E8-A155-00259035BB67114.gif"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC9040-4254-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14A02538-EA57-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169EA1C6-4255-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCAA97-2223-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4247A6F1-CF50-11EF-BC46-0050569297EB119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42791939-27A5-11F0-BC4F-00505692C447120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262BDD7C-0C29-11EE-BC09-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225DD4E9-D3A8-11ED-BC05-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069341A5-E5B5-11ED-BC09-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06933FC5-E5B5-11ED-BC09-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A527E-4252-11E8-A155-00259035BB67125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39FD850-2230-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE81-4252-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C39652D1-2230-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39FD8F0-2230-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD1B1D8-7259-11EC-BBF7-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6B164-823F-11EE-BC10-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6B0B2-823F-11EE-BC10-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DD5-424E-11E8-A155-00259035BB67133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A68F-3126-11EC-BBF4-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2BEF2-7C52-11EF-BC4D-00505692C447135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2BE1B-7C52-11EF-BC4D-00505692C447136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2C010-7C52-11EF-BC4D-00505692C447137.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4054,51 +4012,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4954,51 +4912,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="103" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>106</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5944,153 +5902,63 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="136" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>139</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="137" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -6349,62 +6217,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-strubcin-bonzer-02020502/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-strubcin-bonzer-02021003/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-ghidini-02070102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-prohotel-02070218/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-prohotel-02070219/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-prohotel-02070220/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pompa-dlya-vina-prohotel-02070221/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-prohotel-02070222/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pompa-dlya-vina-probki-vakuumnye-2-sht-paderno-02070229/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-vakuum-dlya-art2070229-paderno-02070230/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-vakuum-d-vina-2shtpompa-ghidini-02070232/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-vakuum-d-vina-ghidini-02070244/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-vacuvin-02070247/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-vacuvin-02070253/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-i-shampanskogo-ghidini-02070301/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-sohraneniya-i-rozliva-vina-vacuvin-02070302/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-ghidini-02070303/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-ghidini-02070308/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-probok-co-rect-02070315/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-ilsa-02070316/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-ilsa-02070317/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-ghidini-02070327/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-ghidini-02070503/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-i-shampanskogo-dolyana-02070509/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02080102/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-na-1-butylku-02080104/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02080202/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02080402/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02080502/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02080602/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090404/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vraschstrub-na-b-dozna-4-butnastkrepl-bonzer-02090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090501/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090604/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090607/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090608/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090902/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrutka-barnaya-probar-premium-02110407/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-co-rect-02120402/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-co-rect-02120404/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120410/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120411/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120412/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120413/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-paderno-02120414/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-paderno-02120415/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-prohotel-02120432/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120433/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-prohotel-02120434/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120435/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-matfer-02120444/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-d-kofe-aps-02120470/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-co-rect-02120606/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-co-rect-02120607/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-krugl-d-podnosa-co-rect-02120608/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-krugl-d-podnosa-co-rect-02120609/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-krugl-d-podnosa-co-rect-02120610/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-relef-02120620/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-probar-02120622/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-plastic-products-02120623/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-prohotel-02120624/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-prohotel-02120625/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-probar-02120626/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-probar-02120627/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-matfer-02120636/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-prohotel-02120638/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120641/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120642/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120643/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120644/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120645/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120646/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120647/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketikov-chaya-9-otdeleniy-kl-02120964/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121006/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121007/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121008/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121009/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121010/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121011/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121012/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121013/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-02121017/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121018/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121019/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121020/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121021/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121022/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121023/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121024/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121025/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121026/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-co-rect-02121203/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-co-rect-02121204/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-co-rect-02121205/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-melkaya-co-rect-02121209/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-prohotel-02121226/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-prohotel-02121227/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-prohotel-02121228/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-prohotel-02121229/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-matfer-02121451/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-was-02121453/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-barnaya-bonzer-02123201/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-aps-02123604/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-trubochek-san-jamar-02124207/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-utopia-03090452/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dropper-probar-premium-03101606/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dropper-probar-premium-03101620/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dropper-probar-premium-03101621/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-prohotel-03170585/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-probar-03172303/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-paderno-03172322/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-aps-03172340/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-bokalov-lk-03175005/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-na-6-stopok-04090409/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-na-4-stopki-04090411/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-shot-holder-na-4-stopki-04090417/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-paderno-04150620/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04150854/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04150859/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04151314/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-ppwood-04151315/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-hold-04151326/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-hold-04151332/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-barnyy-ppwood-04151351/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04151352/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-emkosti-d-soka-zelmer-07010578/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kryshek-bonzer-08012006/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-trubochek-bonzer-08012009/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnit-kolco-bonzer-08012011/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012012/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-k-dispenseru-c2410c-san-jamar-08012013/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012014/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012015/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-doppio-08013804/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-doppio-08013806/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-soka-matfer-09100213/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-matfer-09100214/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151372/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151370/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salfetok-ppwood-04151377/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151371/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-probar-02070233/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-strubcin-bonzer-02020502/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-strubcin-bonzer-02021003/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-ghidini-02070102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-prohotel-02070218/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-prohotel-02070219/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-prohotel-02070220/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pompa-dlya-vina-prohotel-02070221/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-prohotel-02070222/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pompa-dlya-vina-probki-vakuumnye-2-sht-paderno-02070229/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-vakuum-dlya-art2070229-paderno-02070230/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-vakuum-d-vina-2shtpompa-ghidini-02070232/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-vakuum-d-vina-ghidini-02070244/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-vacuvin-02070247/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-vacuvin-02070253/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-i-shampanskogo-ghidini-02070301/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-sohraneniya-i-rozliva-vina-vacuvin-02070302/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-ghidini-02070303/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-ghidini-02070308/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-probok-co-rect-02070315/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-ilsa-02070316/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-ilsa-02070317/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-shampanskogo-ghidini-02070327/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-ghidini-02070503/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-i-shampanskogo-dolyana-02070509/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02080102/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-na-1-butylku-02080104/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02080202/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02080402/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02080502/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02080602/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vraschstrub-na-b-dozna-4-butnastkrepl-bonzer-02090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090501/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090604/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090607/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090608/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-dlya-butylok-bonzer-02090902/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrutka-barnaya-probar-premium-02110407/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-co-rect-02120402/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-co-rect-02120404/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120410/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120411/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120412/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120413/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-paderno-02120414/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-paderno-02120415/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-prohotel-02120432/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120433/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-prohotel-02120434/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-probar-02120435/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-matfer-02120444/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-d-kofe-aps-02120470/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-co-rect-02120606/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-co-rect-02120607/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-krugl-d-podnosa-co-rect-02120608/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-krugl-d-podnosa-co-rect-02120609/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-krugl-d-podnosa-co-rect-02120610/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-relef-02120620/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-probar-02120622/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-plastic-products-02120623/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-prohotel-02120624/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-prohotel-02120625/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-probar-02120626/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-probar-02120627/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-matfer-02120636/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-prohotel-02120638/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120641/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120642/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120643/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120644/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120645/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120646/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kovrik-barnyy-aps-02120647/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketikov-chaya-9-otdeleniy-kl-02120964/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121006/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121007/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121008/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121009/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121010/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121011/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121012/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121013/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-02121017/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121018/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-napr-02121019/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121020/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121021/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121022/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121023/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121024/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121025/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/napravlyayuschaya-dlya-bokalov-prohotel-02121026/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-co-rect-02121203/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-co-rect-02121204/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-co-rect-02121205/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-melkaya-co-rect-02121209/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-prohotel-02121226/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-prohotel-02121227/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-prohotel-02121228/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/setka-barnaya-prohotel-02121229/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-matfer-02121451/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-was-02121453/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-barnaya-bonzer-02123201/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-soka-dvoynoy-aps-02123604/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-trubochek-san-jamar-02124207/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-utopia-03090452/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dropper-probar-premium-03101606/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dropper-probar-premium-03101620/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dropper-probar-premium-03101621/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-prohotel-03170585/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-probar-03172303/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-paderno-03172322/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-aps-03172340/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-bokalov-lk-03175005/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-na-6-stopok-04090409/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-na-4-stopki-04090411/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-shot-holder-na-4-stopki-04090417/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-paderno-04150620/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04150854/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04150859/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04151314/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-ppwood-04151315/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-hold-04151326/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-hold-04151332/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-barnyy-ppwood-04151351/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04151352/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kryshek-bonzer-08012006/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-trubochek-bonzer-08012009/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012012/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-k-dispenseru-c2410c-san-jamar-08012013/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012014/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012015/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-doppio-08013804/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-doppio-08013806/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-soka-matfer-09100213/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-soka-matfer-09100214/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151372/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151370/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salfetok-ppwood-04151377/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151371/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probka-dlya-vina-probar-02070233/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L145"/>
+  <dimension ref="A1:L142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I145" sqref="I145"/>
+      <selection activeCell="I142" sqref="I142"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -6829,4239 +6697,4141 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D14" s="0">
         <v>1880460</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>76</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="L15" s="0">
         <v>1000</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="D16" s="0">
         <v>1823</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D17" s="0">
         <v>1854460</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>75</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="L19" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="H20" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="H20" s="0" t="s">
+      <c r="I20" s="1" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="L20" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="D22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L23" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D24" s="0">
         <v>64</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D25" s="0">
         <v>3627644</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D27" s="0">
         <v>9880</v>
       </c>
       <c r="E27" s="0"/>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>77</v>
+        <v>157</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="D34" s="0" t="s">
-        <v>160</v>
+      <c r="D34" s="0">
+        <v>2025</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="F34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>77</v>
+        <v>157</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>2025</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="F35" s="0"/>
+      <c r="F35" s="0" t="s">
+        <v>15</v>
+      </c>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>164</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="D36" s="0" t="s">
-        <v>167</v>
+      <c r="D36" s="0">
+        <v>1972</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>19</v>
+        <v>157</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1972</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="L37" s="0"/>
+        <v>157</v>
+      </c>
+      <c r="L37" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>174</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>175</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>178</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>15</v>
+        <v>179</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>15</v>
+        <v>180</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L39" s="0"/>
+        <v>182</v>
+      </c>
+      <c r="L39" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>103</v>
+        <v>186</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>186</v>
+        <v>19</v>
       </c>
       <c r="L40" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>191</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>194</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="F42" s="0"/>
+        <v>55</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>55</v>
+      </c>
       <c r="G42" s="0" t="s">
-        <v>102</v>
+        <v>36</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>195</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L42" s="0">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>198</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="L43" s="0">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>202</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>203</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>46</v>
+        <v>204</v>
       </c>
       <c r="L44" s="0">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>31</v>
+        <v>157</v>
       </c>
       <c r="L45" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>77</v>
+        <v>157</v>
       </c>
       <c r="L46" s="0">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>60</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>216</v>
+        <v>157</v>
       </c>
       <c r="L47" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>217</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>219</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="F48" s="0"/>
+        <v>35</v>
+      </c>
+      <c r="F48" s="0" t="s">
+        <v>35</v>
+      </c>
       <c r="G48" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>220</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="L48" s="0">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>223</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>224</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="L49" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>227</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>228</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="L50" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>231</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>232</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="L51" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>233</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="D52" s="0" t="s">
+      <c r="D52" s="0">
+        <v>116406</v>
+      </c>
+      <c r="E52" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="E52" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>36</v>
+        <v>236</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="L52" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D53" s="0">
-        <v>116406</v>
+        <v>11667</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>240</v>
+        <v>36</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>190</v>
+        <v>102</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>241</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>19</v>
+        <v>157</v>
       </c>
       <c r="L53" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="D54" s="0">
-        <v>11667</v>
+      <c r="D54" s="0" t="s">
+        <v>244</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>244</v>
+        <v>100</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>103</v>
+        <v>245</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="L54" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>250</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>252</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>253</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>254</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>255</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>256</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>257</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>258</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>259</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>260</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>261</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>262</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="E59" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E59" s="0"/>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>266</v>
+        <v>246</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="D60" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="0"/>
+      <c r="E60" s="0" t="s">
+        <v>55</v>
+      </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>102</v>
+        <v>36</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>250</v>
+        <v>269</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L60" s="0">
-        <v>1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>270</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>271</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>272</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>55</v>
+        <v>273</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="L61" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>274</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>275</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>276</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>277</v>
+        <v>35</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="L62" s="0">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>279</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>46</v>
       </c>
       <c r="L63" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="F64" s="0"/>
+        <v>55</v>
+      </c>
+      <c r="F64" s="0" t="s">
+        <v>55</v>
+      </c>
       <c r="G64" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>46</v>
+        <v>284</v>
       </c>
       <c r="L64" s="0">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>270</v>
+        <v>285</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="L65" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>36</v>
+        <v>236</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="L66" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>239</v>
+        <v>35</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>240</v>
+        <v>36</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>296</v>
+        <v>51</v>
       </c>
       <c r="L67" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
         <v>297</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="D68" s="0" t="s">
-        <v>299</v>
+      <c r="D68" s="0">
+        <v>93303</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>35</v>
+        <v>240</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>51</v>
+        <v>284</v>
       </c>
       <c r="L68" s="0">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="C69" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D69" s="0">
-        <v>93303</v>
+        <v>93166</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="L69" s="0">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="C70" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D70" s="0">
-        <v>93166</v>
+        <v>93167</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="C71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" s="0">
-        <v>93167</v>
+        <v>93173</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>36</v>
+        <v>131</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>310</v>
       </c>
-      <c r="C72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" s="0">
-        <v>93173</v>
+        <v>93168</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>19</v>
+        <v>157</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="D73" s="0">
-        <v>93168</v>
+        <v>93169</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="D74" s="0">
-        <v>93169</v>
+        <v>93304</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>315</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="0">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
-      <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>317</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="D75" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E75" s="0" t="s">
-        <v>244</v>
+        <v>319</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>132</v>
+        <v>320</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>249</v>
+        <v>102</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L75" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L75" s="0"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
+      <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>323</v>
+      </c>
+      <c r="D76" s="0">
+        <v>32</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>103</v>
+        <v>325</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L76" s="0"/>
+      <c r="L76" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D77" s="0">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H77" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="I77" s="1" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="C78" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D78" s="0">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H78" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="D79" s="0">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="C80" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E80" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>339</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>340</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>342</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="D82" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>346</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>347</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>348</v>
+        <v>337</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>350</v>
       </c>
-      <c r="D84" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E84" s="0"/>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>352</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>353</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>354</v>
       </c>
-      <c r="E85" s="0"/>
+      <c r="E85" s="0" t="s">
+        <v>324</v>
+      </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>356</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>357</v>
       </c>
-      <c r="D86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>359</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="D87" s="0" t="s">
         <v>360</v>
       </c>
-      <c r="D87" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="0" t="s">
-        <v>328</v>
+        <v>35</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>324</v>
+        <v>361</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L87" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>366</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>46</v>
       </c>
       <c r="L88" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
         <v>367</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>368</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>369</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>370</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="L89" s="0">
-        <v>12</v>
+        <v>72</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>372</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>373</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>374</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L90" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
         <v>375</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>376</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>377</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>378</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="L91" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>380</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>381</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>382</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>46</v>
       </c>
       <c r="L92" s="0">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
         <v>383</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>384</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>385</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>386</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="L93" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
         <v>387</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>388</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>389</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>365</v>
+        <v>101</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>329</v>
+        <v>245</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>390</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="L94" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>391</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>392</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>393</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="D96" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E96" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
         <v>398</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>399</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>400</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>401</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
         <v>402</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>403</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>404</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>102</v>
+        <v>36</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>405</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L98" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
         <v>406</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>407</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>408</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>409</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>46</v>
       </c>
       <c r="L99" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
         <v>410</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>411</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>412</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>46</v>
       </c>
       <c r="L100" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>414</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>46</v>
       </c>
       <c r="L101" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>417</v>
       </c>
-      <c r="C102" s="0" t="s">
-[...3 lines deleted...]
-        <v>419</v>
+      <c r="D102" s="0">
+        <v>846007</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>35</v>
+        <v>235</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>36</v>
+        <v>236</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>249</v>
+        <v>102</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="L102" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0">
+        <v>9993560</v>
+      </c>
+      <c r="E103" s="0" t="s">
         <v>421</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>240</v>
+        <v>131</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>422</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
         <v>423</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="D104" s="0">
-        <v>9993560</v>
+      <c r="D104" s="0" t="s">
+        <v>425</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>425</v>
+        <v>15</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>103</v>
+        <v>245</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>426</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L104" s="0">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
         <v>427</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="D105" s="0" t="s">
+      <c r="D105" s="0">
+        <v>10862</v>
+      </c>
+      <c r="E105" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="F105" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="E105" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>249</v>
+        <v>186</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>430</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>31</v>
+        <v>157</v>
       </c>
       <c r="L105" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
-      <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>431</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>432</v>
       </c>
-      <c r="D106" s="0">
-        <v>10862</v>
+      <c r="D106" s="0" t="s">
+        <v>433</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>244</v>
-[...3 lines deleted...]
-      </c>
+        <v>434</v>
+      </c>
+      <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>190</v>
+        <v>102</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L106" s="0"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
+      <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>103</v>
+        <v>186</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L107" s="0"/>
+      <c r="L107" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>443</v>
-[...1 lines deleted...]
-      <c r="F108" s="0"/>
+        <v>179</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>444</v>
+      </c>
       <c r="G108" s="0" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>190</v>
+        <v>445</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L108" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>450</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
         <v>451</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>452</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>453</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>455</v>
       </c>
-      <c r="C111" s="0" t="s">
+      <c r="D111" s="0" t="s">
         <v>456</v>
       </c>
-      <c r="D111" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E111" s="0" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>449</v>
+        <v>102</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
         <v>458</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>459</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>460</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="F112" s="0"/>
+        <v>55</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>55</v>
+      </c>
       <c r="G112" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>461</v>
+        <v>397</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="L112" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>462</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>463</v>
       </c>
-      <c r="D113" s="0" t="s">
+      <c r="E113" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="F113" s="0"/>
+      <c r="G113" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H113" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="I113" s="1" t="s">
         <v>464</v>
-      </c>
-[...13 lines deleted...]
-        <v>401</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="L113" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
         <v>465</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>466</v>
       </c>
-      <c r="D114" s="0" t="s">
-        <v>467</v>
+      <c r="D114" s="0">
+        <v>93174</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>28</v>
+        <v>131</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L114" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L114" s="0"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C115" s="0" t="s">
         <v>469</v>
       </c>
-      <c r="C115" s="0" t="s">
+      <c r="D115" s="0"/>
+      <c r="E115" s="0" t="s">
         <v>470</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>132</v>
+        <v>320</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>471</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L115" s="0"/>
+        <v>472</v>
+      </c>
+      <c r="L115" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D116" s="0"/>
-      <c r="E116" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E116" s="0"/>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>103</v>
+        <v>245</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>475</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L116" s="0"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="D117" s="0"/>
       <c r="E117" s="0"/>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L117" s="0"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="D118" s="0"/>
       <c r="E118" s="0"/>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L118" s="0"/>
+      <c r="L118" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="D119" s="0" t="s">
         <v>482</v>
       </c>
-      <c r="C119" s="0" t="s">
-[...3 lines deleted...]
-      <c r="E119" s="0"/>
+      <c r="E119" s="0" t="s">
+        <v>60</v>
+      </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>324</v>
+        <v>28</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>249</v>
+        <v>102</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L119" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L119" s="0"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>423</v>
+        <v>484</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>485</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>486</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>60</v>
+        <v>487</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>28</v>
+        <v>320</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L120" s="0"/>
+        <v>489</v>
+      </c>
+      <c r="L120" s="0">
+        <v>5</v>
+      </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>493</v>
+        <v>157</v>
       </c>
       <c r="L121" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
         <v>494</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>495</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>496</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>497</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
         <v>498</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>499</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>500</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>501</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
         <v>502</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>503</v>
       </c>
-      <c r="D124" s="0" t="s">
+      <c r="D124" s="0"/>
+      <c r="E124" s="0" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>505</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>493</v>
+        <v>46</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
         <v>506</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>507</v>
       </c>
       <c r="D125" s="0"/>
       <c r="E125" s="0" t="s">
         <v>508</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>509</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
         <v>510</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>511</v>
       </c>
-      <c r="D126" s="0"/>
+      <c r="D126" s="0" t="s">
+        <v>512</v>
+      </c>
       <c r="E126" s="0" t="s">
-        <v>512</v>
+        <v>487</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>513</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L126" s="0"/>
+        <v>514</v>
+      </c>
+      <c r="L126" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>493</v>
+        <v>519</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>491</v>
+        <v>15</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>324</v>
+        <v>16</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>522</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L128" s="0"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>476.0062</v>
+        <v>525</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>526</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>525</v>
+        <v>15</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>526</v>
+        <v>16</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>190</v>
+        <v>102</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>527</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>528</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L129" s="0"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>529</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="D130" s="0" t="s">
         <v>530</v>
       </c>
-      <c r="D130" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E130" s="0" t="s">
-        <v>15</v>
+        <v>434</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L130" s="0"/>
+      <c r="L130" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>533</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="D131" s="0" t="s">
         <v>534</v>
       </c>
-      <c r="D131" s="0" t="s">
+      <c r="E131" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="F131" s="0" t="s">
         <v>535</v>
       </c>
-      <c r="E131" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>536</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
         <v>537</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>538</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>539</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>15</v>
+        <v>434</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>540</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>541</v>
+        <v>19</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>542</v>
       </c>
-      <c r="C133" s="0" t="s">
+      <c r="D133" s="0" t="s">
         <v>543</v>
       </c>
-      <c r="D133" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133" s="0" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L133" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>546</v>
       </c>
-      <c r="C134" s="0" t="s">
+      <c r="D134" s="0" t="s">
         <v>547</v>
       </c>
-      <c r="D134" s="0" t="s">
+      <c r="E134" s="0" t="s">
         <v>548</v>
       </c>
-      <c r="E134" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F134" s="0" t="s">
+      <c r="F134" s="0"/>
+      <c r="G134" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H134" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="I134" s="1" t="s">
         <v>549</v>
-      </c>
-[...7 lines deleted...]
-        <v>550</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L134" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="L134" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="C135" s="0" t="s">
         <v>551</v>
       </c>
-      <c r="C135" s="0" t="s">
+      <c r="D135" s="0" t="s">
         <v>552</v>
       </c>
-      <c r="D135" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E135" s="0" t="s">
-        <v>438</v>
+        <v>548</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="C136" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="C136" s="0" t="s">
-[...3 lines deleted...]
-        <v>557</v>
+      <c r="D136" s="0">
+        <v>116402</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>438</v>
+        <v>235</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
-        <v>36</v>
+        <v>236</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>103</v>
+        <v>186</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L136" s="0"/>
+      <c r="L136" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>558</v>
+      </c>
+      <c r="D137" s="0">
+        <v>116404</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>562</v>
+        <v>235</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
-        <v>36</v>
+        <v>236</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>103</v>
+        <v>186</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>562</v>
+        <v>55</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>116402</v>
+        <v>565</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>566</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>239</v>
+        <v>55</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>240</v>
+        <v>36</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>190</v>
+        <v>102</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="L139" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
-      <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>116404</v>
+        <v>569</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>570</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>239</v>
+        <v>487</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>240</v>
+        <v>320</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>190</v>
+        <v>102</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L140" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L140" s="0"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="D141" s="0" t="s">
         <v>574</v>
-      </c>
-[...4 lines deleted...]
-        <v>576</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>46</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
-      <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="D142" s="0" t="s">
         <v>578</v>
-      </c>
-[...4 lines deleted...]
-        <v>580</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>103</v>
+        <v>29</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>51</v>
-[...29 lines deleted...]
-      <c r="K143" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L143" s="0"/>
-[...60 lines deleted...]
-      <c r="L145" s="0"/>
+      <c r="L142" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -11163,53 +10933,50 @@
     <hyperlink ref="B118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="B126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B127" r:id="rId_hyperlink_126"/>
     <hyperlink ref="B128" r:id="rId_hyperlink_127"/>
     <hyperlink ref="B129" r:id="rId_hyperlink_128"/>
     <hyperlink ref="B130" r:id="rId_hyperlink_129"/>
     <hyperlink ref="B131" r:id="rId_hyperlink_130"/>
     <hyperlink ref="B132" r:id="rId_hyperlink_131"/>
     <hyperlink ref="B133" r:id="rId_hyperlink_132"/>
     <hyperlink ref="B134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B135" r:id="rId_hyperlink_134"/>
     <hyperlink ref="B136" r:id="rId_hyperlink_135"/>
     <hyperlink ref="B137" r:id="rId_hyperlink_136"/>
     <hyperlink ref="B138" r:id="rId_hyperlink_137"/>
     <hyperlink ref="B139" r:id="rId_hyperlink_138"/>
     <hyperlink ref="B140" r:id="rId_hyperlink_139"/>
     <hyperlink ref="B141" r:id="rId_hyperlink_140"/>
     <hyperlink ref="B142" r:id="rId_hyperlink_141"/>
-    <hyperlink ref="B143" r:id="rId_hyperlink_142"/>
-[...1 lines deleted...]
-    <hyperlink ref="B145" r:id="rId_hyperlink_144"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>