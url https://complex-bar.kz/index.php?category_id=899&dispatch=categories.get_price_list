--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -103,51 +103,51 @@
   <si>
     <t>04143987</t>
   </si>
   <si>
     <t>BP126/G1</t>
   </si>
   <si>
     <t>33299.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Весы для кофе (до 3 кг с точностью до 0,1 г);пластик;,H=28,L=160,B=156мм;черный</t>
   </si>
   <si>
     <t>04143988</t>
   </si>
   <si>
     <t>S2</t>
   </si>
   <si>
     <t>26180.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Весы для кофе (до 2 кг с точностью до 0,1 г);пластик;,H=20,L=128,B=118мм;черный</t>
   </si>
   <si>
     <t>04143989</t>
   </si>
   <si>
     <t>S1</t>
   </si>
   <si>
     <t>23681.00₸</t>
   </si>
   <si>
     <t>Весы для кофе элетронные для эспрессо и альтерн. методов заваривания, с таймером;пластик;черный</t>
   </si>
   <si>
     <t>04144458</t>
   </si>
   <si>
     <t>MHW-3BOMBER</t>
   </si>
   <si>
     <t>MHW-3Bomber</t>
   </si>