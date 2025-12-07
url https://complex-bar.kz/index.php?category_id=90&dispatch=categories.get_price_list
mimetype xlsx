--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -73,51 +73,51 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Подставка к ведрам для картофеля фри «Ведро»;сталь нерж.;,H=240,L=200,B=95мм</t>
   </si>
   <si>
     <t>04081318</t>
   </si>
   <si>
     <t>STD2024/1112</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>Подставки к ведрам для картофеля фри</t>
   </si>
   <si>
     <t>3367.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Подставка к ведрам для картофеля фри «Ведро»;сталь нерж.;,H=140,L=132,B=60мм</t>
   </si>
   <si>
     <t>04081319</t>
   </si>
   <si>
     <t>STD1314</t>
   </si>
   <si>
     <t>4284.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Подставка к ведрам для картофеля фри «Ведро»;сталь нерж.;,H=180,L=152,B=80мм</t>
   </si>
   <si>
     <t>04081320</t>
   </si>
   <si>
     <t>STD1518</t>
   </si>