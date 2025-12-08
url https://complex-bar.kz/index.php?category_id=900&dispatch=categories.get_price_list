--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -95,96 +95,96 @@
   <si>
     <t>16609.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Декоратор для капучино (4 насадки);сталь нерж.;300мл;D=67,H=115мм;стальной</t>
   </si>
   <si>
     <t>02030118</t>
   </si>
   <si>
     <t>02880000IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>35875.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Декоратор для капучино (4 насадки);пластик;300мл;D=8,H=13см;красный,прозр.</t>
   </si>
   <si>
     <t>02030120</t>
   </si>
   <si>
     <t>0289000red</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>14595.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Декоратор для капучино;пластик;300мл;D=8,H=13см;синий,прозр.</t>
   </si>
   <si>
     <t>02030121</t>
   </si>
   <si>
     <t>0289000blue</t>
   </si>
   <si>
     <t>16926.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Декоратор для капучино;сталь нерж.;100мл;D=61,H=70мм;стальной</t>
   </si>
   <si>
     <t>02030124</t>
   </si>
   <si>
     <t>12801000IVV</t>
   </si>
   <si>
     <t>9225.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Ложка для каппинга;сталь нерж.;,L=159/49,B=20мм;черный</t>
   </si>
   <si>
     <t>04041114</t>
   </si>
   <si>
     <t>BS300</t>
   </si>
   <si>
     <t>Doppio</t>
   </si>
   <si>
     <t>4158.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Этчер;сталь нерж.;,L=130,B=3мм</t>
   </si>
   <si>
     <t>04121401</t>
   </si>
@@ -965,83 +965,83 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="L6" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>