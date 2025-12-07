--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -112,51 +112,51 @@
   <si>
     <t>15617.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Нок-бокс;сталь нерж.,силикон;D=17,H=17,5см;стальной,черный</t>
   </si>
   <si>
     <t>04011540</t>
   </si>
   <si>
     <t>07570000IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>50443.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Нок-бокс;металл;,H=10,L=17,5,B=16см;черный</t>
   </si>
   <si>
     <t>04014816</t>
   </si>
   <si>
     <t>ZH1</t>
   </si>
   <si>
     <t>Doppio</t>
   </si>
   <si>
     <t>9408.00₸</t>
   </si>
   <si>
     <t>Нок-бокс;сталь нерж.;,H=15,L=26,5,B=16,3мм</t>
   </si>
   <si>
     <t>04014817</t>
   </si>
   <si>
     <t>ZH4</t>
   </si>
@@ -1064,51 +1064,51 @@
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>