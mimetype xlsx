--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -73,51 +73,51 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Щетка для промывки кофемашины;нейлон,пластик;,L=15см;черный</t>
   </si>
   <si>
     <t>04120254</t>
   </si>
   <si>
     <t>07590000PVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Щетки и уход за кофемашиной</t>
   </si>
   <si>
     <t>4089.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
+    <t>0 шт.</t>
   </si>
   <si>
     <t>Щетка для промывки кофемашины;пластик</t>
   </si>
   <si>
     <t>04120259</t>
   </si>
   <si>
     <t>BP50</t>
   </si>
   <si>
     <t>Doppio</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>4060.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Щетка для промывки кофемашины;нейлон;D=58,L=237мм;черный</t>
   </si>