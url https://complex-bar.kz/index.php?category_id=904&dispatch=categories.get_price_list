--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1151">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -146,3252 +146,3255 @@
   <si>
     <t>02010232</t>
   </si>
   <si>
     <t>BP 20</t>
   </si>
   <si>
     <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;прозр.</t>
   </si>
   <si>
     <t>02010234</t>
   </si>
   <si>
     <t>JW-BW peach,clear</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>3528.00₸</t>
   </si>
   <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;черный</t>
+  </si>
+  <si>
+    <t>02010235</t>
+  </si>
+  <si>
+    <t>JW-BW black</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>5271.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;зелен.</t>
+  </si>
+  <si>
+    <t>02010236</t>
+  </si>
+  <si>
+    <t>JW-BW green</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;синий</t>
+  </si>
+  <si>
+    <t>02010237</t>
+  </si>
+  <si>
+    <t>JW-BW dark blue</t>
+  </si>
+  <si>
+    <t>4431.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;красный</t>
+  </si>
+  <si>
+    <t>02010238</t>
+  </si>
+  <si>
+    <t>JW-BW red</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;серебрист.</t>
+  </si>
+  <si>
+    <t>02010239</t>
+  </si>
+  <si>
+    <t>JW-BPP</t>
+  </si>
+  <si>
+    <t>10843.00₸</t>
+  </si>
+  <si>
+    <t>02010240</t>
+  </si>
+  <si>
+    <t>JW-BS clear</t>
+  </si>
+  <si>
+    <t>6300.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>02010241</t>
+  </si>
+  <si>
+    <t>JW-FP clear,black</t>
+  </si>
+  <si>
+    <t>5292.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02010242</t>
+  </si>
+  <si>
+    <t>JW-FPP silver,black</t>
+  </si>
+  <si>
+    <t>7987.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;прозр.</t>
+  </si>
+  <si>
+    <t>02010243</t>
+  </si>
+  <si>
+    <t>JW-BR clear</t>
+  </si>
+  <si>
+    <t>1995.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;черный</t>
+  </si>
+  <si>
+    <t>02010244</t>
+  </si>
+  <si>
+    <t>JW-BR black</t>
+  </si>
+  <si>
+    <t>2940.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;голуб.</t>
+  </si>
+  <si>
+    <t>02010245</t>
+  </si>
+  <si>
+    <t>JW-BR blue</t>
+  </si>
+  <si>
+    <t>1960.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;красный</t>
+  </si>
+  <si>
+    <t>02010247</t>
+  </si>
+  <si>
+    <t>JW-BR red</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;белый</t>
+  </si>
+  <si>
+    <t>02010248</t>
+  </si>
+  <si>
+    <t>JW-BR white</t>
+  </si>
+  <si>
+    <t>1764.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;фиолет.</t>
+  </si>
+  <si>
+    <t>02010250</t>
+  </si>
+  <si>
+    <t>JW-BR violet</t>
+  </si>
+  <si>
+    <t>2394.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;оранжев.</t>
+  </si>
+  <si>
+    <t>02010251</t>
+  </si>
+  <si>
+    <t>JW-BR orange</t>
+  </si>
+  <si>
+    <t>2653.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;зелен.</t>
+  </si>
+  <si>
+    <t>02010252</t>
+  </si>
+  <si>
+    <t>JW-BR green</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;салатов.</t>
+  </si>
+  <si>
+    <t>02010253</t>
+  </si>
+  <si>
+    <t>JW-BR light green</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=5см;желт.</t>
+  </si>
+  <si>
+    <t>02010254</t>
+  </si>
+  <si>
+    <t>JW-BR yellow</t>
+  </si>
+  <si>
+    <t>Гейзер на пластиковой основе;сталь,резина;D=9,H=200,L=390,B=290мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>02010304</t>
+  </si>
+  <si>
+    <t>MP220-51</t>
+  </si>
+  <si>
+    <t>1122.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Чикаго» на пластиковой основе;сталь,резина;D=13,H=115мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>02010316</t>
+  </si>
+  <si>
+    <t>MP 102</t>
+  </si>
+  <si>
+    <t>1785.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»[12шт];сталь нерж.,пластик;D=3,L=11см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02010333</t>
+  </si>
+  <si>
+    <t>JD-BP</t>
+  </si>
+  <si>
+    <t>15708.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар»;сталь нерж.,пластик;D=3,L=11см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02010335</t>
+  </si>
+  <si>
+    <t>K85S</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>763.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер «Пробар» с крышкой;сталь нерж.,пластик;D=3,L=12см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02010337</t>
+  </si>
+  <si>
+    <t>K85FTS</t>
+  </si>
+  <si>
+    <t>1260.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор;пластик;45мл;D=35,L=90мм;белый</t>
+  </si>
+  <si>
+    <t>02020206</t>
+  </si>
+  <si>
+    <t>44118-50</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>2757.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор;сталь нерж.;25мл;,H=125,B=70мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02020503</t>
+  </si>
+  <si>
+    <t>10028-01</t>
+  </si>
+  <si>
+    <t>Bonzer</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>11543.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор;пластик;40мл;D=35,L=90мм;желт.</t>
+  </si>
+  <si>
+    <t>02020505</t>
+  </si>
+  <si>
+    <t>44118-40</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор[12шт];пластик;40мл;,L=11,B=5см;красный</t>
+  </si>
+  <si>
+    <t>02021002</t>
+  </si>
+  <si>
+    <t>PRMP0032</t>
+  </si>
+  <si>
+    <t>61547.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор;сталь нерж.;50мл;,H=12,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02021004</t>
+  </si>
+  <si>
+    <t>PRTP0011/1757</t>
+  </si>
+  <si>
+    <t>19058.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Дозатор для струбцин 40мл;пластик;1мл;,H=17,L=8см;черный,прозр.</t>
+  </si>
+  <si>
+    <t>02021008</t>
+  </si>
+  <si>
+    <t>DSSM0190</t>
+  </si>
+  <si>
+    <t>6561.00₸</t>
+  </si>
+  <si>
+    <t>Гейзер-дозатор;пластик;20мл;D=35,L=90мм;черный</t>
+  </si>
+  <si>
+    <t>02021018</t>
+  </si>
+  <si>
+    <t>44118-20</t>
+  </si>
+  <si>
+    <t>5260.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Мунлайт»;сталь нерж.;100мл;D=44,H=69мм;матовый</t>
+  </si>
+  <si>
+    <t>02030464</t>
+  </si>
+  <si>
+    <t>MCJ003S</t>
+  </si>
+  <si>
+    <t>Probar Premium</t>
+  </si>
+  <si>
+    <t>Moonlight</t>
+  </si>
+  <si>
+    <t>Джиггеры</t>
+  </si>
+  <si>
+    <t>3661.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Орб»;сталь нерж.;D=44/55,H=69мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02030468</t>
+  </si>
+  <si>
+    <t>MCJ006S</t>
+  </si>
+  <si>
+    <t>Orb</t>
+  </si>
+  <si>
+    <t>4095.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер 30/50 мл с делениями;сталь нерж.;D=55,H=85мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040102</t>
+  </si>
+  <si>
+    <t>519901-03</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>7585.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 30/60 мл;сталь нерж.;D=44,H=100мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040103</t>
+  </si>
+  <si>
+    <t>JI24</t>
+  </si>
+  <si>
+    <t>1456.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер 30/50 мл с делениями;сталь нерж.;D=45,H=85мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040107</t>
+  </si>
+  <si>
+    <t>00529</t>
+  </si>
+  <si>
+    <t>Leopold Vienna</t>
+  </si>
+  <si>
+    <t>4830.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер 20/40 мл с делениями;сталь нерж.;D=45,H=67мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040113</t>
+  </si>
+  <si>
+    <t>00830</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>4420.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер 20/40 мл;сталь нерж.;D=45,H=82мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040114</t>
+  </si>
+  <si>
+    <t>01430000ICV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>16254.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 20/40 мл;сталь нерж.;D=45,H=75мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040115</t>
+  </si>
+  <si>
+    <t>JI22</t>
+  </si>
+  <si>
+    <t>1190.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 25/50 мл;сталь нерж.;D=4,H=9см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040116</t>
+  </si>
+  <si>
+    <t>JI23</t>
+  </si>
+  <si>
+    <t>1946.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер 20/40 мл;сталь нерж.;D=44,H=75мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040117</t>
+  </si>
+  <si>
+    <t>020195</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>15169.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер 25/50 мл;сталь нерж.;D=35,H=75мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040118</t>
+  </si>
+  <si>
+    <t>10118-03</t>
+  </si>
+  <si>
+    <t>6969.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер 15/20/30 мл;сталь нерж.,пластик;D=15,H=5см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02040119</t>
+  </si>
+  <si>
+    <t>00336</t>
+  </si>
+  <si>
+    <t>12474.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер с насадками;пластик;D=75,H=223мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>02040120</t>
+  </si>
+  <si>
+    <t>00339</t>
+  </si>
+  <si>
+    <t>10642.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Джиггер 30/45 мл с делениями;пластик;D=40,H=114мм;черный,прозр.</t>
+  </si>
+  <si>
+    <t>02040121</t>
+  </si>
+  <si>
+    <t>00334</t>
+  </si>
+  <si>
+    <t>8101.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Джиггер 20/40 мл;поликарбонат;D=45,H=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040122</t>
+  </si>
+  <si>
+    <t>25840000PCV</t>
+  </si>
+  <si>
+    <t>3127.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер 30/60 мл с ручкой;сталь нерж.;D=4,H=11,L=23см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040124</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 30/60 мл;сталь нерж.;D=44,H=100мм;медный</t>
+  </si>
+  <si>
+    <t>02040128</t>
+  </si>
+  <si>
+    <t>JI24C</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 20/40 мл;сталь нерж.;D=5,H=7см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040129</t>
+  </si>
+  <si>
+    <t>LD008</t>
+  </si>
+  <si>
+    <t>3003.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 20/40 мл;сталь нерж.;D=5,H=7см;золотой</t>
+  </si>
+  <si>
+    <t>02040130</t>
+  </si>
+  <si>
+    <t>LD008G</t>
+  </si>
+  <si>
+    <t>4921.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 20/40 мл;сталь нерж.;D=5,H=7см;медный</t>
+  </si>
+  <si>
+    <t>02040131</t>
+  </si>
+  <si>
+    <t>LD008C</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 25/50 мл;сталь нерж.;D=4,H=8см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040132</t>
+  </si>
+  <si>
+    <t>LD008-L</t>
+  </si>
+  <si>
+    <t>2415.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 25/50 мл;сталь нерж.;D=4,H=8см;золотой</t>
+  </si>
+  <si>
+    <t>02040133</t>
+  </si>
+  <si>
+    <t>LD008-LG</t>
+  </si>
+  <si>
+    <t>4578.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 25/50 мл;сталь нерж.;D=4,H=8см;медный</t>
+  </si>
+  <si>
+    <t>02040134</t>
+  </si>
+  <si>
+    <t>LD008-LC</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 30/50 мл с делениями;сталь нерж.;D=57,H=85мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040136</t>
+  </si>
+  <si>
+    <t>JI3050</t>
+  </si>
+  <si>
+    <t>2051.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 25/50 мл с делениями;сталь нерж.;D=4,H=9см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040137</t>
+  </si>
+  <si>
+    <t>JI23I</t>
+  </si>
+  <si>
+    <t>1813.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» с делениями;сталь нерж.;75мл;D=52,H=75мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040139</t>
+  </si>
+  <si>
+    <t>MLJ1</t>
+  </si>
+  <si>
+    <t>2772.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар» 25/50 мл;сталь нерж.;D=4,H=8см;черный</t>
+  </si>
+  <si>
+    <t>02040140</t>
+  </si>
+  <si>
+    <t>LD008-L-BN</t>
+  </si>
+  <si>
+    <t>Джиггер 25/50 мл;сталь нерж.;D=4,H=11см;стальной</t>
+  </si>
+  <si>
+    <t>02040141</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>9287.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер 25/50 мл;сталь нерж.;D=4,H=11см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040142</t>
+  </si>
+  <si>
+    <t>41604-01</t>
+  </si>
+  <si>
+    <t>10888.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Корсар» 30/45 мл с орнаментом;сталь нерж.;D=49/41,H=118мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040143</t>
+  </si>
+  <si>
+    <t>MBJ001ES</t>
+  </si>
+  <si>
+    <t>Corsar</t>
+  </si>
+  <si>
+    <t>10192.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Орб» 30/45 мл;сталь нерж.;D=44/51,H=124мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040148</t>
+  </si>
+  <si>
+    <t>MCJ002S</t>
+  </si>
+  <si>
+    <t>9919.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Пьюр» 25/50 мл;сталь нерж.;D=44/45,H=110мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040149</t>
+  </si>
+  <si>
+    <t>MJJ004S</t>
+  </si>
+  <si>
+    <t>Pure</t>
+  </si>
+  <si>
+    <t>4060.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Солар» 25/50 мл;сталь нерж.;D=40/48,H=117мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040150</t>
+  </si>
+  <si>
+    <t>MBJ002RS</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>5894.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Пьюр» 30/60 мл;сталь нерж.;D=45/52,H=87мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040151</t>
+  </si>
+  <si>
+    <t>MCJ004S</t>
+  </si>
+  <si>
+    <t>6720.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Орб» 30/45 мл;сталь нерж.;D=39/41,H=91мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040152</t>
+  </si>
+  <si>
+    <t>MCJ005S</t>
+  </si>
+  <si>
+    <t>5887.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Мотиво» 30/45 мл с орнаментом;сталь нерж.;D=49/41,H=118мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040154</t>
+  </si>
+  <si>
+    <t>MBJ001EL</t>
+  </si>
+  <si>
+    <t>Motivo</t>
+  </si>
+  <si>
+    <t>10024.00₸</t>
+  </si>
+  <si>
+    <t>48 шт.</t>
+  </si>
+  <si>
+    <t>02040155</t>
+  </si>
+  <si>
+    <t>MBJ001ET</t>
+  </si>
+  <si>
+    <t>10682.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Пьюр» 30/45 мл;сталь нерж.;D=49/41,H=118мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040156</t>
+  </si>
+  <si>
+    <t>MBJ001S</t>
+  </si>
+  <si>
+    <t>6195.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Мотиво» 60/90 мл с орнаментом;сталь нерж.;D=52/59,H=155мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040157</t>
+  </si>
+  <si>
+    <t>MBJ004EL</t>
+  </si>
+  <si>
+    <t>11949.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Пьюр» 30/45 мл октагон;сталь нерж.;D=39/43,H=112мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040158</t>
+  </si>
+  <si>
+    <t>MCJ001S</t>
+  </si>
+  <si>
+    <t>8092.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Солар» 30/45 мл октагон;сталь нерж.;D=39/43,H=112мм;золотой</t>
+  </si>
+  <si>
+    <t>02040159</t>
+  </si>
+  <si>
+    <t>MCJ001G</t>
+  </si>
+  <si>
+    <t>9114.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Иридио» 30/45 мл октагон;сталь нерж.;D=39/43,H=112мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>02040160</t>
+  </si>
+  <si>
+    <t>MCJ001RB</t>
+  </si>
+  <si>
+    <t>Iridio</t>
+  </si>
+  <si>
+    <t>13846.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Мотиво» 25/50 мл;сталь нерж.;D=44/45,H=110мм;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>02040161</t>
+  </si>
+  <si>
+    <t>MJJ004R</t>
+  </si>
+  <si>
+    <t>6517.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Оникс» 30/45 мл;сталь нерж.;D=41/48,H=114мм;черный</t>
+  </si>
+  <si>
+    <t>02040162</t>
+  </si>
+  <si>
+    <t>MBJ001RB</t>
+  </si>
+  <si>
+    <t>Onix</t>
+  </si>
+  <si>
+    <t>8526.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Пробар Премиум Оникс» 30/60 мл;сталь нерж.;D=45/52,H=87мм;черный</t>
+  </si>
+  <si>
+    <t>02040163</t>
+  </si>
+  <si>
+    <t>MCJ004B</t>
+  </si>
+  <si>
+    <t>9646.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Афродита» 60/90 мл с рисунком;сталь нерж.;D=45,H=145мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040164</t>
+  </si>
+  <si>
+    <t>L0389</t>
+  </si>
+  <si>
+    <t>Lumian</t>
+  </si>
+  <si>
+    <t>Afrodite</t>
+  </si>
+  <si>
+    <t>31517.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Джиггер 25/50 мл;сталь нерж.;D=45,H=110мм;черный</t>
+  </si>
+  <si>
+    <t>02040165</t>
+  </si>
+  <si>
+    <t>L0040</t>
+  </si>
+  <si>
+    <t>14800.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;0,5л;D=95/100,H=157мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040203</t>
+  </si>
+  <si>
+    <t>Мензурки</t>
+  </si>
+  <si>
+    <t>6160.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;1л;D=12,5/13,5,H=17,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02040204</t>
+  </si>
+  <si>
+    <t>9548.00₸</t>
+  </si>
+  <si>
+    <t>Цилиндр мерный ГОСТ-1770-74;стекло;100мл;D=3,H=27см;прозр.</t>
+  </si>
+  <si>
+    <t>02040205</t>
+  </si>
+  <si>
+    <t>7777.00₸</t>
+  </si>
+  <si>
+    <t>Цилиндр мерный ГОСТ-1770-74;стекло;1л;D=65,H=445мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040207</t>
+  </si>
+  <si>
+    <t>10881.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;50мл;D=45/30,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040209</t>
+  </si>
+  <si>
+    <t>3704.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;100мл;D=55/35,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040210</t>
+  </si>
+  <si>
+    <t>4482.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;250мл;D=75/55,H=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040211</t>
+  </si>
+  <si>
+    <t>5560.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;2л;D=17,H=19см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040223</t>
+  </si>
+  <si>
+    <t>42581-20</t>
+  </si>
+  <si>
+    <t>40125.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;0,5л;D=14,H=11,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040224</t>
+  </si>
+  <si>
+    <t>512203-03</t>
+  </si>
+  <si>
+    <t>12205.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;1л;D=18,H=14см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040225</t>
+  </si>
+  <si>
+    <t>512204-03</t>
+  </si>
+  <si>
+    <t>16440.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;1,5л;D=18,5,H=16,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040226</t>
+  </si>
+  <si>
+    <t>512205-03</t>
+  </si>
+  <si>
+    <t>21630.00₸</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;2л;D=17,5,H=20см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040227</t>
+  </si>
+  <si>
+    <t>512206-03</t>
+  </si>
+  <si>
+    <t>29522.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;250мл;D=122,H=73мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040228</t>
+  </si>
+  <si>
+    <t>512302-03</t>
+  </si>
+  <si>
+    <t>5414.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;1л;D=19,H=13,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040229</t>
+  </si>
+  <si>
+    <t>512304-03</t>
+  </si>
+  <si>
+    <t>10395.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;2л;D=17,5,H=18,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040230</t>
+  </si>
+  <si>
+    <t>512306-03</t>
+  </si>
+  <si>
+    <t>23870.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;1л;D=19,5,H=10,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040232</t>
+  </si>
+  <si>
+    <t>512404-03</t>
+  </si>
+  <si>
+    <t>13945.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;2л;D=22,H=14см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040233</t>
+  </si>
+  <si>
+    <t>512406-03</t>
+  </si>
+  <si>
+    <t>12998.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;1л;D=11,5,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>02040234</t>
+  </si>
+  <si>
+    <t>47606-10</t>
+  </si>
+  <si>
+    <t>7862.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;2л;D=15,H=21,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02040235</t>
+  </si>
+  <si>
+    <t>47606-20</t>
+  </si>
+  <si>
+    <t>12536.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;0,5л;D=90,H=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040236</t>
+  </si>
+  <si>
+    <t>47606-05</t>
+  </si>
+  <si>
+    <t>5383.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;3л;D=17,5,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>02040238</t>
+  </si>
+  <si>
+    <t>47606-30</t>
+  </si>
+  <si>
+    <t>16540.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;5л;D=20,5,H=27см;прозр.</t>
+  </si>
+  <si>
+    <t>02040239</t>
+  </si>
+  <si>
+    <t>47606-50</t>
+  </si>
+  <si>
+    <t>17495.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;1л;D=12,H=16,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02040240</t>
+  </si>
+  <si>
+    <t>47607-10</t>
+  </si>
+  <si>
+    <t>8694.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;2л;D=14,5,H=21см;прозр.</t>
+  </si>
+  <si>
+    <t>02040241</t>
+  </si>
+  <si>
+    <t>47607-20</t>
+  </si>
+  <si>
+    <t>14399.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;1л;D=15,H=13,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040244</t>
+  </si>
+  <si>
+    <t>42581-10</t>
+  </si>
+  <si>
+    <t>19173.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;2л;D=17/23,H=15,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02040247</t>
+  </si>
+  <si>
+    <t>47608-20</t>
+  </si>
+  <si>
+    <t>20623.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;250мл;D=72,H=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040248</t>
+  </si>
+  <si>
+    <t>47606-02</t>
+  </si>
+  <si>
+    <t>5367.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный «Проотель» с ручкой;сталь нерж.;0,5л;D=123,H=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040249</t>
+  </si>
+  <si>
+    <t>MJ05</t>
+  </si>
+  <si>
+    <t>5873.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный «Проотель» с ручкой;сталь нерж.;1л;D=14,5,H=13см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040250</t>
+  </si>
+  <si>
+    <t>MJ1</t>
+  </si>
+  <si>
+    <t>7952.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный «Проотель» с ручкой;сталь нерж.;2л;D=17,H=17,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040251</t>
+  </si>
+  <si>
+    <t>MJ2</t>
+  </si>
+  <si>
+    <t>12439.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный «Проотель» с ручкой;сталь нерж.;250мл;D=95,H=75мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040252</t>
+  </si>
+  <si>
+    <t>MJ250</t>
+  </si>
+  <si>
+    <t>3556.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;5л;D=20,5,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>02040253</t>
+  </si>
+  <si>
+    <t>26750.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный;стекло;0,6л;D=8,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>02040254</t>
+  </si>
+  <si>
+    <t>3419.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;1л;D=10,H=18см;прозр.</t>
+  </si>
+  <si>
+    <t>02040255</t>
+  </si>
+  <si>
+    <t>11227.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;3л;D=17,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>02040256</t>
+  </si>
+  <si>
+    <t>23147.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;250мл;D=10,H=8см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040257</t>
+  </si>
+  <si>
+    <t>8686.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;0,5л;D=11,5,H=12см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040258</t>
+  </si>
+  <si>
+    <t>18865.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;поликарбонат;1л;D=13,H=18см;прозр.</t>
+  </si>
+  <si>
+    <t>02040260</t>
+  </si>
+  <si>
+    <t>9148.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;1л;D=12,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>02040262</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>4713.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;2л;D=15,H=20,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02040263</t>
+  </si>
+  <si>
+    <t>8301.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;5л;D=20,H=27см;прозр.</t>
+  </si>
+  <si>
+    <t>02040265</t>
+  </si>
+  <si>
+    <t>10573.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;100мл;D=5,H=5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040266</t>
+  </si>
+  <si>
+    <t>5937.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;2л;D=20,H=19см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040267</t>
+  </si>
+  <si>
+    <t>26127.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;поликарбонат;2л;D=14,5,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>02040269</t>
+  </si>
+  <si>
+    <t>200MCCW135</t>
+  </si>
+  <si>
+    <t>Cambro</t>
+  </si>
+  <si>
+    <t>15932.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный «Н-1-800 ТС» ГОСТ 25336-82;термост.стекло;0,8л;D=10,H=13,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02040286</t>
+  </si>
+  <si>
+    <t>4613.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;250мл;D=75,H=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040289</t>
+  </si>
+  <si>
+    <t>5152.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;1л;D=14,5,H=14см;прозр.</t>
+  </si>
+  <si>
+    <t>02040290</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>2041.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полистирол;0,5л;D=94,H=119мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040291</t>
+  </si>
+  <si>
+    <t>435228001/437210101</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>547.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полистирол;1л;D=12,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>02040292</t>
+  </si>
+  <si>
+    <t>435228101/437210201</t>
+  </si>
+  <si>
+    <t>732.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;1,3л;D=20,H=14см;прозр.</t>
+  </si>
+  <si>
+    <t>02040293</t>
+  </si>
+  <si>
+    <t>770.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;250мл;D=75,H=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040294</t>
+  </si>
+  <si>
+    <t>MMD</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;100мл;D=55,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040295</t>
+  </si>
+  <si>
+    <t>2634.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;50мл;D=45,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040296</t>
+  </si>
+  <si>
+    <t>2303.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;0,5л;D=10,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>02040297</t>
+  </si>
+  <si>
+    <t>6545.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;1л;D=13,5,H=17,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02040298</t>
+  </si>
+  <si>
+    <t>9887.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Афродит Алкеми» 30/60 мл с рисунком;сталь нерж.;D=60,H=125мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040299</t>
+  </si>
+  <si>
+    <t>L0388</t>
+  </si>
+  <si>
+    <t>Afrodite Alchemy</t>
+  </si>
+  <si>
+    <t>30346.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный;полипроп.;100мл;D=14,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>02040305</t>
+  </si>
+  <si>
+    <t>HLP</t>
+  </si>
+  <si>
+    <t>4782.00₸</t>
+  </si>
+  <si>
+    <t>Пробирка мерная;стекло;20мл;D=17,H=190мм</t>
+  </si>
+  <si>
+    <t>02040306</t>
+  </si>
+  <si>
+    <t>1864.00₸</t>
+  </si>
+  <si>
+    <t>Пробирка мерная П2-21-200 НС;стекло;50мл;D=21,H=200мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040308</t>
+  </si>
+  <si>
+    <t>П2-21-200</t>
+  </si>
+  <si>
+    <t>339.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;100мл;D=75,H=50мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040311</t>
+  </si>
+  <si>
+    <t>42581-01</t>
+  </si>
+  <si>
+    <t>3835.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;250мл;D=10,H=7см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040312</t>
+  </si>
+  <si>
+    <t>42581-03</t>
+  </si>
+  <si>
+    <t>5537.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;0,5л;D=11,5,H=11см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040313</t>
+  </si>
+  <si>
+    <t>42581-05</t>
+  </si>
+  <si>
+    <t>9710.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Жиов» 30/60 мл;сталь нерж.;D=52,H=86мм;черный</t>
+  </si>
+  <si>
+    <t>02040317</t>
+  </si>
+  <si>
+    <t>L0028</t>
+  </si>
+  <si>
+    <t>Giove</t>
+  </si>
+  <si>
+    <t>18288.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Джиггер «Афродит Алкеми» 30/45 мл с рисунком;сталь нерж.;D=5,H=12см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040320</t>
+  </si>
+  <si>
+    <t>L0387</t>
+  </si>
+  <si>
+    <t>Афродит Алкеми</t>
+  </si>
+  <si>
+    <t>29183.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Джиггер «М-р Слим Блэк Раби» 30/60 мл;сталь нерж.;D=55,H=125мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040321</t>
+  </si>
+  <si>
+    <t>L0237</t>
+  </si>
+  <si>
+    <t>Mr Slim Black Ruby</t>
+  </si>
+  <si>
+    <t>19605.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Джиггер «М-р Слим Блэк Раби» 30/45 мл;сталь нерж.;D=52,H=120мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040323</t>
+  </si>
+  <si>
+    <t>L0236</t>
+  </si>
+  <si>
+    <t>18380.00₸</t>
+  </si>
+  <si>
+    <t>Пробирка мерная;стекло;250мл;прозр.</t>
+  </si>
+  <si>
+    <t>02040330</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер 30/60 мл;сталь нерж.;D=42,H=112мм;металлич.</t>
+  </si>
+  <si>
+    <t>02040335</t>
+  </si>
+  <si>
+    <t>9618.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;пластик;0,5л;,H=153,L=150,B=90мм;белый</t>
+  </si>
+  <si>
+    <t>02040336</t>
+  </si>
+  <si>
+    <t>JD-PP8591</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;пластик;1л;,H=18,8,L=18,B=11,6см;белый</t>
+  </si>
+  <si>
+    <t>02040337</t>
+  </si>
+  <si>
+    <t>JD-PP8592</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;пластик;2л;,H=23,L=22,B=15см;белый</t>
+  </si>
+  <si>
+    <t>02040338</t>
+  </si>
+  <si>
+    <t>JD-PP8593</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;пластик;3л;,H=26,L=24,B=17см;белый</t>
+  </si>
+  <si>
+    <t>02040339</t>
+  </si>
+  <si>
+    <t>JD-PP8594</t>
+  </si>
+  <si>
+    <t>4648.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;пластик;5л;,H=30,2,L=27,B=20см;белый</t>
+  </si>
+  <si>
+    <t>02040340</t>
+  </si>
+  <si>
+    <t>JD-PP8595</t>
+  </si>
+  <si>
+    <t>8729.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;пластик;250мл;,H=85,L=130,B=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040341</t>
+  </si>
+  <si>
+    <t>Доляна</t>
+  </si>
+  <si>
+    <t>525.00₸</t>
+  </si>
+  <si>
+    <t>Уловитель капель;пластик;D=4,L=6см;розов.,прозр.</t>
+  </si>
+  <si>
+    <t>02070248</t>
+  </si>
+  <si>
+    <t>Vacuvin</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>2280.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Каплеуловитель;пластик;D=4,L=6см;черный,прозр.</t>
+  </si>
+  <si>
+    <t>02070254</t>
+  </si>
+  <si>
+    <t>2233.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «Pinch&amp;Drop» 0,7 л;пластик;5мл;,L=39,5см;белый</t>
+  </si>
+  <si>
+    <t>02070263</t>
+  </si>
+  <si>
+    <t>41-210/5 log</t>
+  </si>
+  <si>
+    <t>1519.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «Пробар» 0,7 л;пластик;5мл;,L=39,5см;белый</t>
+  </si>
+  <si>
+    <t>02070264</t>
+  </si>
+  <si>
+    <t>41-210/5</t>
+  </si>
+  <si>
+    <t>1232.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «P&amp;D» 0,7 л;пластик;10мл;,L=39,5см;белый</t>
+  </si>
+  <si>
+    <t>02070265</t>
+  </si>
+  <si>
+    <t>41-210/10 log</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «Пробар» 0,7 л;пластик;10мл;,L=39,5/21см;белый</t>
+  </si>
+  <si>
+    <t>02070266</t>
+  </si>
+  <si>
+    <t>41-210/10</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «P&amp;D» 1 л;пластик;10мл;,L=39,5/24см;белый</t>
+  </si>
+  <si>
+    <t>02070267</t>
+  </si>
+  <si>
+    <t>41-240/10 log</t>
+  </si>
+  <si>
+    <t>1778.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков «Пробар» 1 л;пластик;10мл;,L=39,5/24см;белый</t>
+  </si>
+  <si>
+    <t>02070268</t>
+  </si>
+  <si>
+    <t>41-240/10</t>
+  </si>
+  <si>
+    <t>Дозатор для пюре и соусов «Пробар»;пластик;15мл;,L=33см;белый</t>
+  </si>
+  <si>
+    <t>02070269</t>
+  </si>
+  <si>
+    <t>43-170/15</t>
+  </si>
+  <si>
+    <t>1841.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков 1 л;пластик;10мл;,L=39,5см;белый</t>
+  </si>
+  <si>
+    <t>02070273</t>
+  </si>
+  <si>
+    <t>Hold</t>
+  </si>
+  <si>
+    <t>2711.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков универсальный;пластик;10мл;D=45,L=170мм</t>
+  </si>
+  <si>
+    <t>02070514</t>
+  </si>
+  <si>
+    <t>TUBE170</t>
+  </si>
+  <si>
+    <t>2695.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков универсальный;пластик;10мл;D=45,L=204мм</t>
+  </si>
+  <si>
+    <t>02070515</t>
+  </si>
+  <si>
+    <t>TUBE204</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков универсальный;пластик;10мл;D=45,L=240мм</t>
+  </si>
+  <si>
+    <t>02070516</t>
+  </si>
+  <si>
+    <t>TUBE240</t>
+  </si>
+  <si>
+    <t>Каплеуловитель «Пробар»;сталь нерж.;,L=615,B=80мм;стальной</t>
+  </si>
+  <si>
+    <t>02120634</t>
+  </si>
+  <si>
+    <t>BMT24</t>
+  </si>
+  <si>
+    <t>20209.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Казадорес Бланко» 0.75, 1л, «Казадорес Аньехо» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122504</t>
+  </si>
+  <si>
+    <t>STEK</t>
+  </si>
+  <si>
+    <t>Линейки барные</t>
+  </si>
+  <si>
+    <t>1487.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Капитан Морган» 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122505</t>
+  </si>
+  <si>
+    <t>1879.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Монин»;0,7л</t>
+  </si>
+  <si>
+    <t>02122511</t>
+  </si>
+  <si>
+    <t>MON-700</t>
+  </si>
+  <si>
+    <t>1106.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Русский Стандарт» 0.375, 0.5, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122523</t>
+  </si>
+  <si>
+    <t>Линейка барная «Флагман» 0.25, 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122524</t>
+  </si>
+  <si>
+    <t>1633.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Реми Мартин» «VS» 0.7л, «VSOP» 0.7л, 1л, «XO» 0.7</t>
+  </si>
+  <si>
+    <t>02122526</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная "Баллантайнс Файнест" 0.5, 0.7л</t>
+  </si>
+  <si>
+    <t>02122527</t>
+  </si>
+  <si>
+    <t>1289.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джеймисон 12 лет» 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122528</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джонни Уокер», «Голд Лейбл», «Блю Лейбл», «Грин Лейбл» 0.75л</t>
+  </si>
+  <si>
+    <t>02122529</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Чивас Ригал» 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122530</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Де Кайпер» 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122531</t>
+  </si>
+  <si>
+    <t>2141.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бакарди» 0.75, 1л, «Бакарди Оакхарт» 0.7л</t>
+  </si>
+  <si>
+    <t>02122532</t>
+  </si>
+  <si>
+    <t>Линейка барная «Хеннесси» VS, VSOP, XO 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122533</t>
+  </si>
+  <si>
+    <t>Линейка барная «Куантро» 0.7,1л, «Калуа» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122534</t>
+  </si>
+  <si>
+    <t>Линейка барная «Кампари» 0.75, 1л, «Мартини» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122535</t>
+  </si>
+  <si>
+    <t>1833.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бифитер» 0.75, 1л, «Гордонс» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122537</t>
+  </si>
+  <si>
+    <t>Линейка барная «Флагман» 0.75, 1л, «Русский Стандарт» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122538</t>
+  </si>
+  <si>
+    <t>Линейка барная «Мартини» 0.75, 1л, «Бакарди» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122539</t>
+  </si>
+  <si>
+    <t>Линейка барная «Ольмека Голд» 0.7л, 1л, «Ольмека Алтос» 0.7л, «Ольмека Тезон» 0.75л</t>
+  </si>
+  <si>
+    <t>02122540</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Вана Таллин» 0.5л</t>
+  </si>
+  <si>
+    <t>02122541</t>
+  </si>
+  <si>
+    <t>1248.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бейлис» 0.5, 0.7, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122542</t>
+  </si>
+  <si>
+    <t>Линейка барная «Абсолют» 0.5, 0.7, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122543</t>
+  </si>
+  <si>
+    <t>Линейка барная «Монин» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122544</t>
+  </si>
+  <si>
+    <t>1733.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Белое золото» 0.5л, «Алтай» 0.5л</t>
+  </si>
+  <si>
+    <t>02122545</t>
+  </si>
+  <si>
+    <t>Линейка барная «Курвуазье VSOP» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122546</t>
+  </si>
+  <si>
+    <t>Линейка барная «Малибу» 0.7, 0.75, 1л, «Бенедиктин» 0.7л</t>
+  </si>
+  <si>
+    <t>02122547</t>
+  </si>
+  <si>
+    <t>Линейка барная «Туламоре Дью»;1л</t>
+  </si>
+  <si>
+    <t>02122555</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джонни Уокер», «Рэд Лейбл», «Блэк Лейбл» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122569</t>
+  </si>
+  <si>
+    <t>Линейка барная "Арарат 3*", "Арарат 5*"  0.5, 0.7л,</t>
+  </si>
+  <si>
+    <t>02122570</t>
+  </si>
+  <si>
+    <t>Линейка барная «Самбука Молинари» 0.5, 0.7, 0.75л</t>
+  </si>
+  <si>
+    <t>02122571</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бехеровка» 0.7, 1л, «Егермейстер» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122572</t>
+  </si>
+  <si>
+    <t>Линейка барная «Хавана Клаб» 0.7л, «Аньехо Специаль» 0.7л, «Аньехо 7 Анос» 0.7л, 0.75л</t>
+  </si>
+  <si>
+    <t>02122573</t>
+  </si>
+  <si>
+    <t>Линейка барная «Царская» 0.5, 0.7, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122574</t>
+  </si>
+  <si>
+    <t>Линейка барная «Метакса 3*», «Метакса 5*» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122575</t>
+  </si>
+  <si>
+    <t>Линейка барная «Дисаронно» 0.5, 0.7л, «Самбука Ди Аморе» 0.75л</t>
+  </si>
+  <si>
+    <t>02122576</t>
+  </si>
+  <si>
+    <t>Линейка барная «Ксента», «Кинг оф Спирит», «Ля Фе Богемиан», «Ван Гог» 0.7л</t>
+  </si>
+  <si>
+    <t>02122577</t>
+  </si>
+  <si>
+    <t>Линейка барная «Русский Стандарт Платинум» 0.375, 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122578</t>
+  </si>
+  <si>
+    <t>Линейка барная «Путинка» 0.5, 0.7, 1л «Путинка Лимитед Эдишн» 0.7л</t>
+  </si>
+  <si>
+    <t>02122579</t>
+  </si>
+  <si>
+    <t>Линейка барная «Немирофф» 0.5, 0.7л, «Премиум» 0.7л, «Эгоист» 0.7л</t>
+  </si>
+  <si>
+    <t>02122580</t>
+  </si>
+  <si>
+    <t>Линейка барная "Отард"VS,VSOP"0.5; 0.7л;пластик;,L=29,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02122581</t>
+  </si>
+  <si>
+    <t>Линейка барная «Дюарс Уайт Лейбл» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122582</t>
+  </si>
+  <si>
+    <t>Линейка барная «Эль Чарро» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122583</t>
+  </si>
+  <si>
+    <t>Линейка барная «Хортица» 0.5, 0.7, 1л, «Хортица Вип Клаб» 0.7л</t>
+  </si>
+  <si>
+    <t>02122584</t>
+  </si>
+  <si>
+    <t>Линейка барная «Глен Клайд» 0.35, 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122585</t>
+  </si>
+  <si>
+    <t>Линейка КВ «Московск.коньяк»;0,7л</t>
+  </si>
+  <si>
+    <t>02122586</t>
+  </si>
+  <si>
+    <t>Московск.кон</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бастион» 3-5зв,КВ,КВВК;пластик;0,5л;,L=18,B=3см;бордо,разноцветн.</t>
+  </si>
+  <si>
+    <t>02122587</t>
+  </si>
+  <si>
+    <t>Бастион</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джин Кастерс»;пластик;0,7л;,L=195,B=30мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>02122590</t>
+  </si>
+  <si>
+    <t>Gin Custers</t>
+  </si>
+  <si>
+    <t>Линейка барная «Русский Стандарт Голд» 1л, «Русский Стандарт Империя» 1л</t>
+  </si>
+  <si>
+    <t>02122595</t>
+  </si>
+  <si>
+    <t>Линейка барная «Русский Бриллиант» 0.5, 1л</t>
+  </si>
+  <si>
+    <t>02122596</t>
+  </si>
+  <si>
+    <t>Линейка барная «Уайт хорс» 0.35, 0.5, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02122597</t>
+  </si>
+  <si>
+    <t>Линейка барная «Пять озер» 0.25, 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02122598</t>
+  </si>
+  <si>
+    <t>Линейка барная «Старый Город 5*», «Старый Город 8*» 0.5, 0.7л</t>
+  </si>
+  <si>
+    <t>02122599</t>
+  </si>
+  <si>
+    <t>Линейка барная «Отард» VS, VSOP 0.5, 0.7л</t>
+  </si>
+  <si>
+    <t>02123301</t>
+  </si>
+  <si>
+    <t>Линейка барная «Мартель VS», «Мартель VSOP» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123302</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джим Бим», «Уайт Лэйбл» 0.7, 1л, «Блэк» 1л, «Рэд Стаг Блэк Черри» 0.7л</t>
+  </si>
+  <si>
+    <t>02123303</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джек Дениэлс» 0.7, 1л, «Сингл Баррель» 0.75л</t>
+  </si>
+  <si>
+    <t>02123304</t>
+  </si>
+  <si>
+    <t>Линейка барная «Болс» 0.7л, «Болс Адвокат» 0.7л</t>
+  </si>
+  <si>
+    <t>02123305</t>
+  </si>
+  <si>
+    <t>Линейка барная «Драмбуи» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123306</t>
+  </si>
+  <si>
+    <t>Линейка барная «Гальяно» 0.5, 0.7л</t>
+  </si>
+  <si>
+    <t>02123307</t>
+  </si>
+  <si>
+    <t>1225.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Вильям Лоусон» 0.35, 0.5, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02123308</t>
+  </si>
+  <si>
+    <t>1902.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Гленфиддих» 12 лет 0.5, 0,75л</t>
+  </si>
+  <si>
+    <t>02123309</t>
+  </si>
+  <si>
+    <t>Линейка барная «Гленливет» 12, 15 лет 0.7, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02123310</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бакарди Оакхарт» 0.7,1л, «Бакарди 151» 8 лет 0.75л</t>
+  </si>
+  <si>
+    <t>02123311</t>
+  </si>
+  <si>
+    <t>Линейка барная «Смирновъ № 21» 0.5, 0.7, 1л, «Смирновъ Титулъ» 0.7л</t>
+  </si>
+  <si>
+    <t>02123312</t>
+  </si>
+  <si>
+    <t>Elite Gold</t>
+  </si>
+  <si>
+    <t>1494.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Финляндия» 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123313</t>
+  </si>
+  <si>
+    <t>Линейка барная «Сауза Сильвер» 0.7, 1л, «Сауза Голд» 0.7л, «Сауза Хорнитос» 0.7л 0.7,1л</t>
+  </si>
+  <si>
+    <t>02123320</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бушмилс» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123321</t>
+  </si>
+  <si>
+    <t>1718.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная "Monin Keddy" 1л</t>
+  </si>
+  <si>
+    <t>02123322</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная "M" 0.7л, "Fr" 1л, "HR" 0.7л, "NF" 0.</t>
+  </si>
+  <si>
+    <t>02123324</t>
+  </si>
+  <si>
+    <t>2604.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная "Хендрикс" 0.7л, "Бругал Аньехо" 0.7л</t>
+  </si>
+  <si>
+    <t>02123325</t>
+  </si>
+  <si>
+    <t>Линейка барная «Зеленая марка» 0.5, 0.7, 1.0л, «Эристофф» 1л</t>
+  </si>
+  <si>
+    <t>02123327</t>
+  </si>
+  <si>
+    <t>Линейка барная «Белая березка» 1л</t>
+  </si>
+  <si>
+    <t>02123329</t>
+  </si>
+  <si>
+    <t>Линейка барная «Баллантайнс Файнест» 12 лет 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123342</t>
+  </si>
+  <si>
+    <t>Линейка барная "Hen 0.7,Hine 0.7,Bl</t>
+  </si>
+  <si>
+    <t>02123344</t>
+  </si>
+  <si>
+    <t>2825.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная "Glenl 0.7,Ard 0.7,G</t>
+  </si>
+  <si>
+    <t>02123346</t>
+  </si>
+  <si>
+    <t>Линейка барная «Фруко Шульц» ликер, абсент, биттер 0.7л</t>
+  </si>
+  <si>
+    <t>02123350</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джарола» ром, джин, самбука, ликер 0.7л</t>
+  </si>
+  <si>
+    <t>02123351</t>
+  </si>
+  <si>
+    <t>Линейка барная «Бомбей Сапфир» 0.5, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02123353</t>
+  </si>
+  <si>
+    <t>Линейка барная «Апероль» 0.7, 1л, «Чинзано» 0.5, 1л</t>
+  </si>
+  <si>
+    <t>02123354</t>
+  </si>
+  <si>
+    <t>Линейка барная «Беллс» 0.7, 1л, «Скоттиш Лидер» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123355</t>
+  </si>
+  <si>
+    <t>Линейка барная «Чивас 18 лет» 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02123357</t>
+  </si>
+  <si>
+    <t>Линейка барная «Самбука оптима 0.7л»</t>
+  </si>
+  <si>
+    <t>02123361</t>
+  </si>
+  <si>
+    <t>4512.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Мартель ХО» 0.7л, «Мартель Кордон блю» 0.7л</t>
+  </si>
+  <si>
+    <t>02123364</t>
+  </si>
+  <si>
+    <t>Линейка барная «Эристофф» 0.5, 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123367</t>
+  </si>
+  <si>
+    <t>Линейка барная «Закапа 23 года», «Закапа ХО» 0.7л</t>
+  </si>
+  <si>
+    <t>02123368</t>
+  </si>
+  <si>
+    <t>Линейка барная «Мессикано» 0.75, 1л, «Хасиенда Ла Капилла Голд» 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02123369</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Пьер Маглуар VSOP», «Пьер Маглуар ХО» 0.7л</t>
+  </si>
+  <si>
+    <t>02123370</t>
+  </si>
+  <si>
+    <t>Линейка барная «Белуга» 0.5, 0.7, 0.75, 1л</t>
+  </si>
+  <si>
+    <t>02123371</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Советское Шампанское» 0.75л, «Асти Мартини» 0.75л</t>
+  </si>
+  <si>
+    <t>02123372</t>
+  </si>
+  <si>
+    <t>1725.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Торрес» 10 лет 0.7, 1л, «Торрес Хайме I» 0.7л</t>
+  </si>
+  <si>
+    <t>02123373</t>
+  </si>
+  <si>
+    <t>Линейка барная «Гленморанджи» 0.7л, «Макаллан» 0.7л</t>
+  </si>
+  <si>
+    <t>02123374</t>
+  </si>
+  <si>
+    <t>Линейка барная «Самбука Изолабелла» 1.0л</t>
+  </si>
+  <si>
+    <t>02123375</t>
+  </si>
+  <si>
+    <t>Линейка барная «Грэй Гус» 0.5, 0.75, 1.0л</t>
+  </si>
+  <si>
+    <t>02123376</t>
+  </si>
+  <si>
+    <t>Линейка барная «ХАЙН» 0.7л</t>
+  </si>
+  <si>
+    <t>02123377</t>
+  </si>
+  <si>
+    <t>1217.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Патрон Аньехо» 0.75л</t>
+  </si>
+  <si>
+    <t>02123378</t>
+  </si>
+  <si>
+    <t>Линейка барная «Ардбег» 10 лет 0.7л</t>
+  </si>
+  <si>
+    <t>02123379</t>
+  </si>
+  <si>
+    <t>1625.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Балвени» 10, 12, 15 лет и 21 год 0.7л</t>
+  </si>
+  <si>
+    <t>02123380</t>
+  </si>
+  <si>
+    <t>Линейка барная «Реми Мартин VS», 0.7, 1л, «Реми Мартин VSOP» 0.7, 1л</t>
+  </si>
+  <si>
+    <t>02123382</t>
+  </si>
+  <si>
+    <t>1363.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Реми Мартин XO» 0,35, 0.7л</t>
+  </si>
+  <si>
+    <t>02123383</t>
+  </si>
+  <si>
+    <t>1271.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Пинч энд Дроп» 1.0л</t>
+  </si>
+  <si>
+    <t>02123386</t>
+  </si>
+  <si>
+    <t>Линейка барная «Финляндия», «Парламент» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02123387</t>
+  </si>
+  <si>
+    <t>Линейка барная "Русский Стандарт" 0.7, 1л, "Талка" 0.5, 0.7л</t>
+  </si>
+  <si>
+    <t>02123388</t>
+  </si>
+  <si>
+    <t>Линейка барная "Царская" 0.7, 1л, "Абсолют" 1л, "Финляндия" 1л</t>
+  </si>
+  <si>
+    <t>02123389</t>
+  </si>
+  <si>
+    <t>Линейка барная «Апероль» 0,7, 1 л, «Парламент», «Талка» 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02123390</t>
+  </si>
+  <si>
+    <t>2133.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Jack Daniel""s» 0,7, 1 л, «Chivas Regal», «The Famous Grouse» 1 л;пластик;,L=28,B=2см</t>
+  </si>
+  <si>
+    <t>02123391</t>
+  </si>
+  <si>
+    <t>2156.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Каза Дефра» 0,75 л, «Кампо Азул» 0,7,1 л;белый;белый</t>
+  </si>
+  <si>
+    <t>02123392</t>
+  </si>
+  <si>
+    <t>Линейка барная «ODK» 0,75 л;пластик</t>
+  </si>
+  <si>
+    <t>02124220</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Линейка барная «Байкал», «Nerpa» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124224</t>
+  </si>
+  <si>
+    <t>Линейка барная «Полугар №1-4 0,5 л 38,5% » 0,615, 0,75 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124225</t>
+  </si>
+  <si>
+    <t>Линейка барная «Хаски» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124226</t>
+  </si>
+  <si>
+    <t>Линейка барная «Чистые Росы» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124227</t>
+  </si>
+  <si>
+    <t>Линейка барная «Ararat Apricot» 0,5 л, «Васпуракан», «Наири» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124228</t>
+  </si>
+  <si>
+    <t>Линейка барная «Favraud VS, VSOP» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124229</t>
+  </si>
+  <si>
+    <t>Линейка барная «Ligare» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124230</t>
+  </si>
+  <si>
+    <t>Линейка барная «Martini Bitter Spirito» 0,7 л, «Riserva» 0,75 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124231</t>
+  </si>
+  <si>
+    <t>Линейка барная «Fowler""s» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124232</t>
+  </si>
+  <si>
+    <t>Линейка барная «Monkey Shoulder» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124233</t>
+  </si>
+  <si>
+    <t>Линейка барная «Clavis» 0,75 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124234</t>
+  </si>
+  <si>
+    <t>Линейка барная «Niva Distillery Liqueur» 0,75 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124235</t>
+  </si>
+  <si>
+    <t>Линейка барная «Barrister» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124236</t>
+  </si>
+  <si>
+    <t>Линейка барная «Beatly Gin» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124237</t>
+  </si>
+  <si>
+    <t>Линейка барная «Carta Vieja Ron» 0,75, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124238</t>
+  </si>
+  <si>
+    <t>Линейка барная «Don Alejandro Tequila» 0,5, 0,7, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124239</t>
+  </si>
+  <si>
+    <t>Линейка барная «Kyro Gin» 0,5, 0,75 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124240</t>
+  </si>
+  <si>
+    <t>Линейка барная «Early Times» 0,7, 0,75, 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124241</t>
+  </si>
+  <si>
+    <t>Линейка барная «Хаски» 0,7, 1 л, «Байкал Нерпа» 0,5 л, «Байкал» 0,5 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124253</t>
+  </si>
+  <si>
+    <t>2742.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Арарат 3 зв» 0,5, 0,7 л, «Арарат 7 лет» 0,5, 0,7 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124254</t>
+  </si>
+  <si>
+    <t>Линейка барная «Джеймисон» 0,7, 1 л, «Джеймисон Оранж» 0,7 л, «Грантс» 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124255</t>
+  </si>
+  <si>
+    <t>Линейка барная «Maxximo Сильвер» 0,5, 1 л, «Инглиш парк» 0,5, 1 л ;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124256</t>
+  </si>
+  <si>
+    <t>Линейка барная «Lamonica» 0,5, 0,7, 0,85 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124257</t>
+  </si>
+  <si>
+    <t>Линейка барная «Барсело» 0,7, 1 л, «Барсело Аньехо» 1 л;пластик;,L=28,B=2см;белый</t>
+  </si>
+  <si>
+    <t>02124258</t>
+  </si>
+  <si>
+    <t>Линейка барная «Грин бабун» 0,7 л, «Каладос» 1 л, «Белуга Хантинг» 0,5 л, «Чинар» 0,7 л;пластик;,L=2</t>
+  </si>
+  <si>
+    <t>02124259</t>
+  </si>
+  <si>
+    <t>Линейка барная «Gewürztr» 0,75 л, «Pinot Grigio» 0,75 л, «Souv Blanc» 0,75 л, «M&amp;G Quintas» 0,75 л;п</t>
+  </si>
+  <si>
+    <t>02124260</t>
+  </si>
+  <si>
+    <t>Линейка барная «Chianti» 0,75 л, «Malbec» 0,75 л, «Freschello» 0,75 л, «M&amp;G Rose» 0,75 л;пластик;,L=</t>
+  </si>
+  <si>
+    <t>02124261</t>
+  </si>
+  <si>
+    <t>Линейка барная «Natal белое» 0,75 л, «Natal красное» 0,75 л, «Vega Verdejo» 0,75 л, «Vega Temp» 0,75</t>
+  </si>
+  <si>
+    <t>02124262</t>
+  </si>
+  <si>
+    <t>Бутылка мерная для сиропа с крышкой;пластик;1л;,H=275,L=100,B=56мм;матовый</t>
+  </si>
+  <si>
+    <t>03101015</t>
+  </si>
+  <si>
+    <t>50FL00C</t>
+  </si>
+  <si>
+    <t>Martellato</t>
+  </si>
+  <si>
+    <t>Мерные бутылки</t>
+  </si>
+  <si>
+    <t>12705.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка мерная для сиропа;пластик;1л;,H=27,L=7,B=7см;матовый</t>
+  </si>
+  <si>
+    <t>03101016</t>
+  </si>
+  <si>
+    <t>FLACONE</t>
+  </si>
+  <si>
+    <t>9779.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка мерная для сиропа с крышкой;пластик;1л;D=85,H=250мм;матовый,оранжев.</t>
+  </si>
+  <si>
+    <t>03101017</t>
+  </si>
+  <si>
+    <t>FLAN1</t>
+  </si>
+  <si>
+    <t>7500.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка мерная для сиропа с распылителем;пластик;1л;,H=30,L=7,B=7см;матовый</t>
+  </si>
+  <si>
+    <t>03101018</t>
+  </si>
+  <si>
+    <t>FLACONE2</t>
+  </si>
+  <si>
+    <t>11774.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка мерная с носиком;полиэтилен;100мл;D=35,H=140мм;матовый</t>
+  </si>
+  <si>
+    <t>03101019</t>
+  </si>
+  <si>
+    <t>BO100N</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка мерная с носиком;полиэтилен;250мл;D=50,H=195мм;матовый</t>
+  </si>
+  <si>
+    <t>03101020</t>
+  </si>
+  <si>
+    <t>BO250N</t>
+  </si>
+  <si>
+    <t>7662.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка мерная с носиком;полиэтилен;0,5л;D=6,H=25см;матовый</t>
+  </si>
+  <si>
+    <t>03101021</t>
+  </si>
+  <si>
+    <t>BO500N</t>
+  </si>
+  <si>
+    <t>9163.00₸</t>
+  </si>
+  <si>
+    <t>Бутылка мерная с носиком;полиэтилен;1л;D=8,H=29см;матовый</t>
+  </si>
+  <si>
+    <t>03101022</t>
+  </si>
+  <si>
+    <t>BO1000N</t>
+  </si>
+  <si>
+    <t>11704.00₸</t>
+  </si>
+  <si>
+    <t>Джиггер «Термик Глас» для эспрессо и воды с двойными стенками;хр.стекло;65мл;D=67,H=142мм;прозр.</t>
+  </si>
+  <si>
+    <t>03130782</t>
+  </si>
+  <si>
+    <t>A12811G4102AA01</t>
+  </si>
+  <si>
+    <t>Bormioli Luigi</t>
+  </si>
+  <si>
+    <t>Thermic Glass</t>
+  </si>
+  <si>
+    <t>10657.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный;полипроп.;50мл;D=3,H=5см;прозр.</t>
+  </si>
+  <si>
+    <t>08090224</t>
+  </si>
+  <si>
+    <t>4644.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;1л;D=15,H=13см;серебрист.</t>
+  </si>
+  <si>
+    <t>09100275</t>
+  </si>
+  <si>
+    <t>14553.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;поликарбонат;225мл;D=8,H=10см;прозр.</t>
+  </si>
+  <si>
+    <t>09100846</t>
+  </si>
+  <si>
+    <t>25MCCW135</t>
+  </si>
+  <si>
+    <t>4798.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для сиропов «ODK»;пластик;10мл;,L=37см;черный</t>
+  </si>
+  <si>
+    <t>02070510</t>
+  </si>
+  <si>
+    <t>ABE043SSB</t>
+  </si>
+  <si>
+    <t>ODK</t>
+  </si>
+  <si>
+    <t>Accessories</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
     <t>26 шт.</t>
   </si>
   <si>
-    <t>Гейзер «Пробар»[12шт];пластик;D=3,L=7см;черный</t>
-[...3112 lines deleted...]
-  <si>
     <t>Дозатор для напитков «ODK»;пластик;10мл;,L=37см;белый</t>
   </si>
   <si>
     <t>02070511</t>
   </si>
   <si>
     <t>ABE043SSC</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;полипроп.;250мл;D=7,H=12см;прозр.</t>
   </si>
   <si>
     <t>02040342</t>
   </si>
   <si>
     <t>47607-02</t>
   </si>
   <si>
     <t>4844.00₸</t>
   </si>
   <si>
     <t>Линейка барная Пюре фруктовое «Пинч энд Дроп»;пластик;1л</t>
   </si>
   <si>
     <t>02123903</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;1л;прозр.</t>
   </si>
   <si>
     <t>02040344</t>
   </si>
   <si>
     <t>CFTRA 2</t>
   </si>
   <si>
-    <t>10149.00₸</t>
+    <t>12320.00₸</t>
   </si>
   <si>
     <t>Бутылка мерная для сиропа с крышкой;пластик;0,5л;D=70,H=195мм;матовый,оранжев.</t>
   </si>
   <si>
     <t>03101027</t>
   </si>
   <si>
     <t>50FLAN2</t>
   </si>
   <si>
-    <t>9102.00₸</t>
+    <t>10780.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;2л;прозр.</t>
   </si>
   <si>
     <t>02040345</t>
   </si>
   <si>
     <t>CFTRA 3</t>
   </si>
   <si>
-    <t>18080.00₸</t>
+    <t>21560.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;3л;прозр.</t>
   </si>
   <si>
     <t>02040346</t>
   </si>
   <si>
     <t>CFTRA 4</t>
   </si>
   <si>
-    <t>24841.00₸</t>
+    <t>29645.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;6л;полупрозр.</t>
   </si>
   <si>
     <t>02040347</t>
   </si>
   <si>
     <t>CFTRA 6</t>
   </si>
   <si>
-    <t>19643.00₸</t>
+    <t>23485.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;0,5л;прозр.</t>
   </si>
   <si>
     <t>02040300</t>
   </si>
   <si>
     <t>CFTRA 1</t>
   </si>
   <si>
     <t>Стакан мерный с носиком и ручкой градуированный;полипроп.;3л;D=15,5,H=21,8см;прозр.</t>
   </si>
   <si>
     <t>02040349</t>
   </si>
   <si>
     <t>4137.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с носиком и ручкой градуированный;полипроп.;2л;D=12,6,H=20,1см;прозр.</t>
   </si>
   <si>
     <t>02040350</t>
   </si>
@@ -3438,50 +3441,77 @@
     <t>02070521</t>
   </si>
   <si>
     <t>DOZ02070521</t>
   </si>
   <si>
     <t>Дозатор для напитков универсальный;пластик;10мл;D=45,L=240мм;черный</t>
   </si>
   <si>
     <t>02070522</t>
   </si>
   <si>
     <t>DOZ02070522</t>
   </si>
   <si>
     <t>Джиггер «Пробар Премиум Пьюр» 30/60 мл;сталь нерж.;D=76,H=115мм;серебрист.</t>
   </si>
   <si>
     <t>02040166</t>
   </si>
   <si>
     <t>MT-LB-34</t>
   </si>
   <si>
     <t>9534.00₸</t>
+  </si>
+  <si>
+    <t>Линейка барная «Пинч энд Дроп Пластик»;1л</t>
+  </si>
+  <si>
+    <t>02123397</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков универсальный для лимонадных основ;пластик;20мл;,L=12,7см;черный</t>
+  </si>
+  <si>
+    <t>02070524</t>
+  </si>
+  <si>
+    <t>uk30-127</t>
+  </si>
+  <si>
+    <t>2786.00₸</t>
+  </si>
+  <si>
+    <t>Дозатор для напитков универсальный для фруктовых пюре;пластик;20мл;,L=14,3см;черный</t>
+  </si>
+  <si>
+    <t>02070525</t>
+  </si>
+  <si>
+    <t>uk30- 143</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -13390,62 +13420,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-mernaya-hlp-2-01170607/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010227/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010228/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010230/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010232/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010234/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010235/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010236/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010237/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010238/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010239/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010240/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010241/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010242/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010243/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010244/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010245/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010247/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010248/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010250/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010251/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010252/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010253/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010254/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010304/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010316/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010333/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010335/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010337/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02020206/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02020503/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02020505/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-strubcin-bonzer-02021008/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02021018/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02030464/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02030468/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-linden-02040102/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040103/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-leopold-vienna-02040107/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-leopold-vienna-02040113/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-ilsa-02040114/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040115/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040116/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-matfer-02040117/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-bonzer-02040118/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-leopold-vienna-02040119/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-leopold-vienna-02040120/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-leopold-vienna-02040121/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-ilsa-02040122/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-pintinox-02040124/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040128/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040129/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040130/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040131/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040132/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040133/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040134/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040136/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040137/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040139/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040140/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-aps-02040141/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-paderno-02040142/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040143/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040148/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040149/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040150/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040151/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040152/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040154/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040155/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040156/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040157/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040158/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040159/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040160/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040161/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040162/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040163/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040164/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040165/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-hlp-2-02040203/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-hlp-2-02040204/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cilindr-mernyy-hlp-2-02040205/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cilindr-mernyy-hlp-2-02040207/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-hlp-2-02040209/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-hlp-2-02040210/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-hlp-2-02040211/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040223/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040224/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040225/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040226/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040227/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040228/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040229/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040230/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040232/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040233/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040234/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040235/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040236/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040238/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040239/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040240/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040241/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040244/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mernyy-kuvshin-paderno-02040247/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040248/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-prohotel-02040249/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-prohotel-02040250/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-prohotel-02040251/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-prohotel-02040252/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040253/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-matfer-02040254/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040255/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040256/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040257/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040258/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040260/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-was-02040262/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-was-02040263/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-was-02040265/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040266/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040267/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-cambro-02040269/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-hlp-2-02040286/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040289/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-kl-02040290/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-restola-02040291/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-restola-02040292/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-restola-02040293/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-mmd-02040294/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-mmd-02040295/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-mmd-02040296/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-mmd-02040297/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-mmd-02040298/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040299/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-hlp-02040305/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probirka-hlp-2-02040306/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probirka-mernaya-hlp-02040308/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040311/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040312/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040313/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040317/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040320/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040321/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040323/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probirka-mernaya-mmd-02040330/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040335/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-probar-02040336/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-probar-02040337/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-probar-02040338/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-probar-02040339/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-probar-02040340/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-dolyana-02040341/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ulovitel-kapel-vacuvin-02070248/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-vacuvin-02070254/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070263/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070264/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070265/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070266/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070267/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070268/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-pyure-i-sousov-uken-02070269/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-hold-02070273/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070514/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070515/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070516/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-probar-02120634/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122504/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122505/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122511/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122523/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122524/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122526/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-ballantayns-faynest-05-07l-stek-02122527/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122528/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122529/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122530/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122531/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122532/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122533/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122534/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122535/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122537/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122538/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122539/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122540/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122541/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122542/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122543/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122544/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122545/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122546/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122547/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122555/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122569/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-ararat-3-ararat-5-05-07l-ani-05-07l-stek-02122570/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122571/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122572/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122573/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122574/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122575/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122576/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122577/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122578/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122579/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122580/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-otardvs-vsop05-07l-stek-02122581/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122582/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122583/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122584/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122585/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-kv-02122586/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-3-5zv-kv-kvvk-02122587/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122590/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122595/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122596/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122597/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122598/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122599/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123301/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123302/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123303/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123304/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123305/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123306/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123307/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123308/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123309/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123310/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123311/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123312/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123313/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123320/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123321/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-monin-keddy-1l-stek-02123322/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-m-07l-fr-1l-hr-07l-nf-07l-stek-02123324/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123325/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123327/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123329/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123342/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123344/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123346/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123350/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123351/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123353/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123354/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123355/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123357/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123361/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123364/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123367/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123368/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123369/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123370/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123371/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123372/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123373/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123374/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123375/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123376/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123377/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123378/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123379/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123380/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123382/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123383/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123386/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123387/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123388/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123389/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123390/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123391/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123392/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124220/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124224/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124225/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124226/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124227/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124228/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124229/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124230/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124231/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124232/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124233/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124234/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124235/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124236/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124237/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124238/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124239/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124240/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124241/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124253/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124254/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124255/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124256/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124257/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124258/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124259/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124260/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124261/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124262/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-d-siropa-s-kryshkoy-martellato-03101015/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-d-siropa-martellato-03101016/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-d-siropa-s-kryshkoy-martellato-03101017/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-d-siropa-s-raspylitelem-martellato-03101018/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-mernaya-s-nosikom-martellato-03101019/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-mernaya-s-nosikom-martellato-03101020/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-mernaya-s-nosikom-martellato-03101021/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-mernaya-s-nosikom-martellato-03101022/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shot-d-espresso-i-vody-s-dvoynymi-stenkami-bormioli-luigi-03130782/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-hlp-08090224/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-09100275/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-cambro-09100846/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-siropov-odk-02070510/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-koncentratov-odk-02070511/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040342/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123903/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-martellato-02040344/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-mernaya-martellato-03101027/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-martellato-02040345/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-martellato-02040346/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-martellato-02040347/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-martellato-02040300/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-mmd-02040349/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-mmd-02040350/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-mmd-02040348/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070523/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-probar-02070276/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070521/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070522/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040166/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-mernaya-hlp-2-01170607/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010227/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010228/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010230/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010232/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010234/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010235/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010236/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010237/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010238/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010239/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010240/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010241/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010242/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010243/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010244/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010245/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010247/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010248/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010250/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010251/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010252/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010253/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010254/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010304/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-co-rect-02010316/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-prohotel-02010333/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010335/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-probar-02010337/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02020206/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02020503/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02020505/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-bonzer-02021004/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-strubcin-bonzer-02021008/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/geyzer-dozator-paderno-02021018/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02030464/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02030468/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-linden-02040102/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040103/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-leopold-vienna-02040107/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-leopold-vienna-02040113/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-ilsa-02040114/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040115/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040116/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-matfer-02040117/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-bonzer-02040118/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-leopold-vienna-02040119/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-leopold-vienna-02040120/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-leopold-vienna-02040121/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-ilsa-02040122/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-pintinox-02040124/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040128/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040129/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040130/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040131/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040132/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040133/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040134/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040136/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040137/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-prohotel-02040139/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-02040140/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-aps-02040141/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-paderno-02040142/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040143/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040148/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040149/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040150/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040151/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040152/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040154/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040155/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040156/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040157/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040158/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040159/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040160/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040161/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040162/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040163/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040164/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040165/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-hlp-2-02040203/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-hlp-2-02040204/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cilindr-mernyy-hlp-2-02040205/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cilindr-mernyy-hlp-2-02040207/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-hlp-2-02040209/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-hlp-2-02040210/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-hlp-2-02040211/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040223/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040224/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040225/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040226/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040227/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040228/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040229/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040230/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040232/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-linden-02040233/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040234/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040235/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040236/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040238/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040239/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040240/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040241/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040244/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mernyy-kuvshin-paderno-02040247/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040248/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-prohotel-02040249/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-prohotel-02040250/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-prohotel-02040251/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-prohotel-02040252/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040253/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-matfer-02040254/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040255/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040256/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040257/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040258/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040260/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-was-02040262/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-was-02040263/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-was-02040265/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040266/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040267/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-cambro-02040269/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-hlp-2-02040286/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-02040289/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-kl-02040290/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-restola-02040291/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-restola-02040292/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-restola-02040293/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-mmd-02040294/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-mmd-02040295/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-mmd-02040296/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-mmd-02040297/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/menzurka-mmd-02040298/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040299/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-hlp-02040305/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probirka-hlp-2-02040306/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probirka-mernaya-hlp-02040308/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040311/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040312/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040313/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040317/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040320/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040321/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-lumian-02040323/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/probirka-mernaya-mmd-02040330/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040335/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-probar-02040336/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-probar-02040337/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-probar-02040338/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-probar-02040339/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-probar-02040340/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-dolyana-02040341/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ulovitel-kapel-vacuvin-02070248/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-vacuvin-02070254/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070263/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070264/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070265/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070266/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070267/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-uken-02070268/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-pyure-i-sousov-uken-02070269/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-hold-02070273/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070514/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070515/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-universalnyy-probar-02070516/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-probar-02120634/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122504/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122505/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122511/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122523/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122524/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122526/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-ballantayns-faynest-05-07l-stek-02122527/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122528/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122529/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122530/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122531/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122532/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122533/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122534/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122535/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122537/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122538/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122539/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122540/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122541/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122542/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122543/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122544/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122545/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122546/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122547/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122555/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122569/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-ararat-3-ararat-5-05-07l-ani-05-07l-stek-02122570/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122571/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122572/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122573/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122574/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122575/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122576/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122577/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122578/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122579/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122580/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-otardvs-vsop05-07l-stek-02122581/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122582/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122583/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122584/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122585/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-kv-02122586/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-3-5zv-kv-kvvk-02122587/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-02122590/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122595/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122596/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122597/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122598/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02122599/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123301/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123302/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123303/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123304/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123305/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123306/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123307/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123308/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123309/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123310/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123311/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123312/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123313/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123320/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123321/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-monin-keddy-1l-stek-02123322/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-m-07l-fr-1l-hr-07l-nf-07l-stek-02123324/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123325/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123327/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123329/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123342/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123344/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123346/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123350/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123351/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123353/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123354/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123355/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123357/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-stek-02123361/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123364/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123367/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123368/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123369/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123370/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123371/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123372/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123373/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123374/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123375/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123376/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123377/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123378/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123379/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123380/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123382/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123383/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123386/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123387/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123388/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123389/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123390/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123391/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123392/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124220/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124224/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124225/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124226/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124227/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124228/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124229/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124230/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124231/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124232/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124233/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124234/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124235/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124236/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124237/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124238/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124239/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124240/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124241/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124253/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124254/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124255/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124256/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124257/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124258/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124259/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124260/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124261/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02124262/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-d-siropa-s-kryshkoy-martellato-03101015/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-d-siropa-martellato-03101016/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-d-siropa-s-kryshkoy-martellato-03101017/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-d-siropa-s-raspylitelem-martellato-03101018/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-mernaya-s-nosikom-martellato-03101019/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-mernaya-s-nosikom-martellato-03101020/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-mernaya-s-nosikom-martellato-03101021/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-mernaya-s-nosikom-martellato-03101022/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shot-d-espresso-i-vody-s-dvoynymi-stenkami-bormioli-luigi-03130782/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-hlp-08090224/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-matfer-09100275/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-cambro-09100846/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-siropov-odk-02070510/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-koncentratov-odk-02070511/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kuvshin-mernyy-paderno-02040342/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123903/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-martellato-02040344/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/butylka-mernaya-martellato-03101027/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-martellato-02040345/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-martellato-02040346/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-martellato-02040347/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-martellato-02040300/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-mmd-02040349/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-mmd-02040350/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stakan-mernyy-mmd-02040348/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070523/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kapleulovitel-probar-02070276/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070521/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070522/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dzhigger-probar-premium-02040166/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lineyka-barnaya-stek-02123397/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070524/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dozator-dlya-napitkov-probar-02070525/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L337"/>
+  <dimension ref="A1:L340"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I337" sqref="I337"/>
+      <selection activeCell="I340" sqref="I340"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -13850,10437 +13880,10542 @@
         <v>37</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>67</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L29" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="E31" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>143</v>
+        <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="E32" s="0" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="L35" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="E38" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="F38" s="0" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="E39" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>179</v>
-      </c>
-[...10 lines deleted...]
-        <v>182</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="E40" s="0" t="s">
         <v>184</v>
-      </c>
-[...7 lines deleted...]
-        <v>187</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L41" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="E42" s="0" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="E44" s="0" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>209</v>
+        <v>49</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L45" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L46" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>53</v>
+        <v>237</v>
       </c>
       <c r="L52" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D53" s="0">
         <v>50951600</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>209</v>
+        <v>49</v>
       </c>
       <c r="L54" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>241</v>
+        <v>256</v>
       </c>
       <c r="L56" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="L57" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>263</v>
+        <v>19</v>
       </c>
       <c r="L59" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L60" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L61" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L63" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L64" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D65" s="0">
         <v>93164</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>209</v>
+        <v>49</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>209</v>
+        <v>330</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>209</v>
+        <v>335</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>338</v>
       </c>
-      <c r="C76" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>342</v>
       </c>
-      <c r="C77" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E77" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="C78" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E78" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>350</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="E79" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="F79" s="0" t="s">
         <v>351</v>
-      </c>
-[...7 lines deleted...]
-        <v>353</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>355</v>
       </c>
-      <c r="C80" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E80" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>359</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="E81" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="F81" s="0" t="s">
         <v>360</v>
-      </c>
-[...7 lines deleted...]
-        <v>362</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="D82" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="C82" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E82" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>368</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="E83" s="0" t="s">
         <v>369</v>
       </c>
-      <c r="D83" s="0" t="s">
+      <c r="F83" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="E83" s="0" t="s">
+      <c r="G83" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>371</v>
-      </c>
-[...10 lines deleted...]
-        <v>373</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="C84" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="D85" s="0">
         <v>864</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
       <c r="L85" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D86" s="0">
         <v>865</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="L86" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D87" s="0">
         <v>2040205</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="D88" s="0">
         <v>2040207</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="D89" s="0">
         <v>866</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="L89" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="D90" s="0">
         <v>868</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="L90" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="D91" s="0">
         <v>867</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
       <c r="L91" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>402</v>
       </c>
-      <c r="C92" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E92" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>406</v>
       </c>
-      <c r="C93" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E93" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="C94" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E94" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>416</v>
       </c>
-      <c r="C95" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E95" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>68</v>
+        <v>418</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0" t="s">
         <v>421</v>
       </c>
-      <c r="D96" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E96" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="D97" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L97" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="D98" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="L98" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>433</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="D99" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="D99" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>437</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>438</v>
       </c>
-      <c r="D100" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>441</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>442</v>
       </c>
-      <c r="D101" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>445</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>446</v>
       </c>
-      <c r="D102" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>209</v>
+        <v>372</v>
       </c>
       <c r="L102" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>449</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>450</v>
       </c>
-      <c r="D103" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E103" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>453</v>
+        <v>431</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="D104" s="0" t="s">
         <v>454</v>
       </c>
-      <c r="C104" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E104" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>415</v>
+        <v>456</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>458</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>459</v>
       </c>
-      <c r="D105" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E105" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>462</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>463</v>
       </c>
-      <c r="D106" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E106" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L106" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>466</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>467</v>
       </c>
-      <c r="D107" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>453</v>
+        <v>469</v>
       </c>
       <c r="L107" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
         <v>470</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>471</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>472</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>473</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>474</v>
+        <v>19</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>475</v>
       </c>
-      <c r="C109" s="0" t="s">
+      <c r="D109" s="0" t="s">
         <v>476</v>
       </c>
-      <c r="D109" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="L109" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>479</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="D110" s="0" t="s">
         <v>480</v>
       </c>
-      <c r="D110" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>483</v>
       </c>
-      <c r="C111" s="0" t="s">
+      <c r="D111" s="0" t="s">
         <v>484</v>
       </c>
-      <c r="D111" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E111" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>487</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="D112" s="0" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L112" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>491</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L113" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>495</v>
       </c>
-      <c r="C114" s="0" t="s">
+      <c r="D114" s="0" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>209</v>
+        <v>49</v>
       </c>
       <c r="L114" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C115" s="0" t="s">
         <v>499</v>
       </c>
-      <c r="C115" s="0" t="s">
+      <c r="D115" s="0" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="L115" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="D116" s="0">
         <v>251005</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L116" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="D117" s="0">
         <v>553295</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>171</v>
+        <v>507</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
         <v>508</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>509</v>
       </c>
       <c r="D118" s="0">
         <v>251001</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>510</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>330</v>
+        <v>49</v>
       </c>
       <c r="L118" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
         <v>511</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>512</v>
       </c>
       <c r="D119" s="0">
         <v>251003</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>513</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>263</v>
+        <v>514</v>
       </c>
       <c r="L119" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D120" s="0">
         <v>251102</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L120" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D121" s="0">
         <v>251105</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L121" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D122" s="0">
         <v>251012</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="0"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D123" s="0">
         <v>9306100</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L123" s="0"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D124" s="0">
         <v>9306200</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L124" s="0"/>
+      <c r="L124" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D125" s="0">
         <v>9306500</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D126" s="0">
         <v>251101</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L126" s="0"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D127" s="0">
         <v>251120</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L128" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D129" s="0"/>
       <c r="E129" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L129" s="0"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D130" s="0">
         <v>251000</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D131" s="0">
         <v>5140</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>209</v>
+        <v>49</v>
       </c>
       <c r="L132" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>53</v>
+        <v>160</v>
       </c>
       <c r="L133" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D134" s="0">
         <v>431287301</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>209</v>
+        <v>49</v>
       </c>
       <c r="L134" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D135" s="0">
         <v>10001503</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="L135" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D136" s="0">
         <v>10001501</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L136" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D137" s="0">
         <v>10001504</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="L137" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D138" s="0">
         <v>10001505</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L138" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D139" s="0">
         <v>10001502</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>582</v>
+        <v>53</v>
       </c>
       <c r="L139" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
         <v>583</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>584</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>585</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="F140" s="0" t="s">
         <v>586</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>587</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>379</v>
+        <v>237</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
         <v>588</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>589</v>
       </c>
       <c r="D141" s="0">
         <v>608081</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>590</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>591</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L141" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
         <v>592</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>593</v>
       </c>
       <c r="D142" s="0"/>
       <c r="E142" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>594</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
         <v>595</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>596</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>597</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>590</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>598</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>209</v>
+        <v>19</v>
       </c>
       <c r="L143" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
         <v>599</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>600</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>601</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>602</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L144" s="0"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
         <v>603</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>604</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>605</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>606</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L145" s="0"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
         <v>607</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>608</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>609</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>610</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
         <v>611</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>612</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>613</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>614</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>615</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>616</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
         <v>617</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>618</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>619</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="F148" s="0" t="s">
         <v>620</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>621</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>143</v>
+        <v>622</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>432</v>
+        <v>628</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>453</v>
+        <v>335</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D151" s="0">
         <v>10000840</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L151" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D152" s="0"/>
       <c r="E152" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="L153" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L154" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L155" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L156" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L157" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="D158" s="0">
         <v>759420</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>209</v>
+        <v>49</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="D159" s="0">
         <v>1077100</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>374</v>
+        <v>666</v>
       </c>
       <c r="L159" s="0">
         <v>468</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="D160" s="0">
         <v>1077410</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="L160" s="0">
         <v>468</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L161" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>241</v>
+        <v>19</v>
       </c>
       <c r="L162" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L163" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L164" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L165" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L166" s="0">
         <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F167" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L167" s="0">
         <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="D168" s="0">
         <v>3228</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L169" s="0">
         <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L170" s="0">
         <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L171" s="0">
         <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F172" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L172" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="D173" s="0">
         <v>2122504</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>716</v>
+        <v>377</v>
       </c>
       <c r="L173" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D174" s="0">
         <v>2122505</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>374</v>
+        <v>722</v>
       </c>
       <c r="L174" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="B175" s="0" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="E175" s="0"/>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L175" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="D176" s="0">
         <v>1001</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>158</v>
+        <v>256</v>
       </c>
       <c r="L176" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="D177" s="0">
         <v>1002</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>729</v>
+        <v>19</v>
       </c>
       <c r="L177" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="D178" s="0">
         <v>1004</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>732</v>
+        <v>669</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>19</v>
+        <v>734</v>
       </c>
       <c r="L178" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="B179" s="0" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="D179" s="0">
         <v>1005</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L179" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="D180" s="0">
         <v>1006</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>263</v>
+        <v>670</v>
       </c>
       <c r="L180" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D181" s="0">
         <v>1007</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>741</v>
+        <v>256</v>
       </c>
       <c r="L181" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D182" s="0">
         <v>1008</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>263</v>
+        <v>745</v>
       </c>
       <c r="L182" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="D183" s="0">
         <v>1009</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>747</v>
+        <v>256</v>
       </c>
       <c r="L183" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D184" s="0">
         <v>1010</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>741</v>
+        <v>469</v>
       </c>
       <c r="L184" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D185" s="0">
         <v>1011</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>158</v>
+        <v>237</v>
       </c>
       <c r="L185" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D186" s="0">
         <v>2001</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="L186" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D187" s="0">
         <v>2002</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>263</v>
+        <v>758</v>
       </c>
       <c r="L187" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D188" s="0">
         <v>2004</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>263</v>
+        <v>431</v>
       </c>
       <c r="L188" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="D189" s="0">
         <v>2005</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>209</v>
+        <v>431</v>
       </c>
       <c r="L189" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="D190" s="0">
         <v>2006</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>741</v>
+        <v>160</v>
       </c>
       <c r="L190" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="D191" s="0">
         <v>2007</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>241</v>
+        <v>767</v>
       </c>
       <c r="L191" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="D192" s="0">
         <v>2122541</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L192" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="D193" s="0">
         <v>2122542</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>432</v>
+        <v>256</v>
       </c>
       <c r="L193" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="D194" s="0">
         <v>2122543</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>453</v>
+        <v>256</v>
       </c>
       <c r="L194" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="D195" s="0">
         <v>2122544</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="L195" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="D196" s="0">
         <v>2122545</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>163</v>
+        <v>469</v>
       </c>
       <c r="L196" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="D197" s="0">
         <v>2122546</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>263</v>
+        <v>335</v>
       </c>
       <c r="L197" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="D198" s="0">
         <v>2122547</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>667</v>
+        <v>256</v>
       </c>
       <c r="L198" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="B199" s="0" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="D199" s="0"/>
       <c r="E199" s="0"/>
       <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L199" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="D200" s="0">
         <v>2122569</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>741</v>
+        <v>767</v>
       </c>
       <c r="L200" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="D201" s="0">
         <v>2122570</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L201" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="D202" s="0">
         <v>2122571</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>741</v>
+        <v>722</v>
       </c>
       <c r="L202" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="D203" s="0">
         <v>2122572</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>263</v>
+        <v>734</v>
       </c>
       <c r="L203" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="D204" s="0">
         <v>2122573</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="L204" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="D205" s="0">
         <v>2122574</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
-        <v>19</v>
+        <v>622</v>
       </c>
       <c r="L205" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="D206" s="0">
         <v>2122575</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>374</v>
+        <v>469</v>
       </c>
       <c r="L206" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="D207" s="0">
         <v>2122576</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F207" s="0"/>
       <c r="G207" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>432</v>
+        <v>256</v>
       </c>
       <c r="L207" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="D208" s="0">
         <v>2122577</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F208" s="0"/>
       <c r="G208" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>667</v>
+        <v>237</v>
       </c>
       <c r="L208" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="D209" s="0">
         <v>2122578</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F209" s="0"/>
       <c r="G209" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>803</v>
+        <v>256</v>
       </c>
       <c r="L209" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="D210" s="0">
         <v>2122579</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F210" s="0"/>
       <c r="G210" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>209</v>
+        <v>469</v>
       </c>
       <c r="L210" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="D211" s="0">
         <v>2122580</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>209</v>
+        <v>237</v>
       </c>
       <c r="L211" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="B212" s="0" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="D212" s="0"/>
       <c r="E212" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="D213" s="0">
         <v>2122582</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>19</v>
+        <v>335</v>
       </c>
       <c r="L213" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="D214" s="0">
         <v>2122583</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F214" s="0"/>
       <c r="G214" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>209</v>
+        <v>256</v>
       </c>
       <c r="L214" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D215" s="0">
         <v>2122584</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F215" s="0"/>
       <c r="G215" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>747</v>
+        <v>622</v>
       </c>
       <c r="L215" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="D216" s="0">
         <v>2122585</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F216" s="0"/>
       <c r="G216" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>209</v>
+        <v>256</v>
       </c>
       <c r="L216" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="B217" s="0" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="D217" s="0"/>
       <c r="E217" s="0"/>
       <c r="F217" s="0" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="G217" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L217" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="B218" s="0" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="D218" s="0"/>
       <c r="E218" s="0"/>
       <c r="F218" s="0" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="G218" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L218" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="B219" s="0" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="D219" s="0"/>
       <c r="E219" s="0"/>
       <c r="F219" s="0" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="G219" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L219" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="D220" s="0">
         <v>2122595</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>803</v>
+        <v>256</v>
       </c>
       <c r="L220" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="D221" s="0">
         <v>2122596</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
-        <v>209</v>
+        <v>469</v>
       </c>
       <c r="L221" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="D222" s="0">
         <v>2122597</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>833</v>
+        <v>256</v>
       </c>
       <c r="L222" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="D223" s="0">
         <v>2122598</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>158</v>
+        <v>237</v>
       </c>
       <c r="L223" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D224" s="0">
         <v>2122599</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>209</v>
+        <v>256</v>
       </c>
       <c r="L224" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="D225" s="0">
         <v>2123301</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>803</v>
+        <v>19</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D226" s="0">
         <v>2123302</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>241</v>
+        <v>734</v>
       </c>
       <c r="L226" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D227" s="0">
         <v>2123303</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>379</v>
+        <v>734</v>
       </c>
       <c r="L227" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D228" s="0">
         <v>2123304</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F228" s="0"/>
       <c r="G228" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>143</v>
+        <v>670</v>
       </c>
       <c r="L228" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D229" s="0">
         <v>2123305</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F229" s="0"/>
       <c r="G229" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>263</v>
+        <v>734</v>
       </c>
       <c r="L229" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D230" s="0">
         <v>2123306</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>803</v>
+        <v>256</v>
       </c>
       <c r="L230" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D231" s="0">
         <v>2123307</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>241</v>
+        <v>256</v>
       </c>
       <c r="L231" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D232" s="0">
         <v>2123308</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>241</v>
+        <v>734</v>
       </c>
       <c r="L232" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D233" s="0">
         <v>2123309</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="L233" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D234" s="0">
         <v>2123310</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F234" s="0"/>
       <c r="G234" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>241</v>
+        <v>256</v>
       </c>
       <c r="L234" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="D235" s="0">
         <v>2123311</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F235" s="0"/>
       <c r="G235" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
-        <v>143</v>
+        <v>666</v>
       </c>
       <c r="L235" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="D236" s="0">
         <v>2123312</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F236" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G236" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>866</v>
+        <v>256</v>
       </c>
       <c r="L236" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D237" s="0">
         <v>2123313</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F237" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G237" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H237" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>869</v>
+        <v>622</v>
       </c>
       <c r="L237" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
         <v>870</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>871</v>
       </c>
       <c r="D238" s="0">
         <v>2123320</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F238" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G238" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H238" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
-        <v>236</v>
+        <v>431</v>
       </c>
       <c r="L238" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
         <v>872</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>873</v>
       </c>
       <c r="D239" s="0">
         <v>2123321</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F239" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G239" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H239" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I239" s="1" t="s">
         <v>874</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>379</v>
+        <v>734</v>
       </c>
       <c r="L239" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
         <v>875</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>876</v>
       </c>
       <c r="D240" s="0">
         <v>2123322</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F240" s="0"/>
       <c r="G240" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I240" s="1" t="s">
         <v>877</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L240" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="B241" s="0" t="s">
         <v>878</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>879</v>
       </c>
       <c r="D241" s="0">
         <v>2123324</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F241" s="0"/>
       <c r="G241" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H241" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I241" s="1" t="s">
         <v>880</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L241" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="B242" s="0" t="s">
         <v>881</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>882</v>
       </c>
       <c r="D242" s="0">
         <v>2123325</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F242" s="0"/>
       <c r="G242" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I242" s="1" t="s">
         <v>880</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L242" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
         <v>883</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>884</v>
       </c>
       <c r="D243" s="0">
         <v>2123327</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F243" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G243" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H243" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L243" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
         <v>885</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>886</v>
       </c>
       <c r="D244" s="0">
         <v>2123329</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F244" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G244" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="L244" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
         <v>887</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>888</v>
       </c>
       <c r="D245" s="0">
         <v>2123342</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F245" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G245" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
-        <v>263</v>
+        <v>767</v>
       </c>
       <c r="L245" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="B246" s="0" t="s">
         <v>889</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>890</v>
       </c>
       <c r="D246" s="0"/>
       <c r="E246" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I246" s="1" t="s">
         <v>891</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L246" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="B247" s="0" t="s">
         <v>892</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>893</v>
       </c>
       <c r="D247" s="0"/>
       <c r="E247" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I247" s="1" t="s">
         <v>891</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L247" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
         <v>894</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>895</v>
       </c>
       <c r="D248" s="0">
         <v>2123350</v>
       </c>
       <c r="E248" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G248" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>263</v>
+        <v>335</v>
       </c>
       <c r="L248" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
         <v>896</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>897</v>
       </c>
       <c r="D249" s="0">
         <v>2123351</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G249" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>453</v>
+        <v>256</v>
       </c>
       <c r="L249" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
         <v>898</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>899</v>
       </c>
       <c r="D250" s="0">
         <v>2123353</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G250" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>330</v>
+        <v>767</v>
       </c>
       <c r="L250" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
         <v>900</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>901</v>
       </c>
       <c r="D251" s="0">
         <v>2123354</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G251" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
-        <v>379</v>
+        <v>670</v>
       </c>
       <c r="L251" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
         <v>902</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>903</v>
       </c>
       <c r="D252" s="0">
         <v>2123355</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G252" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H252" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>803</v>
+        <v>256</v>
       </c>
       <c r="L252" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
         <v>904</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>905</v>
       </c>
       <c r="D253" s="0"/>
       <c r="E253" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F253" s="0"/>
       <c r="G253" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>546</v>
+        <v>757</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>143</v>
+        <v>622</v>
       </c>
       <c r="L253" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="B254" s="0" t="s">
         <v>906</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>907</v>
       </c>
       <c r="D254" s="0"/>
       <c r="E254" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F254" s="0"/>
       <c r="G254" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H254" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I254" s="1" t="s">
         <v>908</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L254" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
         <v>909</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>910</v>
       </c>
       <c r="D255" s="0">
         <v>2123364</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F255" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G255" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H255" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>911</v>
+        <v>628</v>
       </c>
       <c r="L255" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="C256" s="0" t="s">
         <v>912</v>
-      </c>
-[...1 lines deleted...]
-        <v>913</v>
       </c>
       <c r="D256" s="0">
         <v>2123367</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F256" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G256" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H256" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>158</v>
+        <v>767</v>
       </c>
       <c r="L256" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="C257" s="0" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
       <c r="D257" s="0">
         <v>2123368</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F257" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G257" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H257" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I257" s="1" t="s">
         <v>874</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="L257" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="C258" s="0" t="s">
         <v>916</v>
-      </c>
-[...1 lines deleted...]
-        <v>917</v>
       </c>
       <c r="D258" s="0">
         <v>2123369</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F258" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G258" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H258" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L258" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="C259" s="0" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>920</v>
       </c>
       <c r="D259" s="0">
         <v>2123370</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F259" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G259" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H259" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
-        <v>158</v>
+        <v>666</v>
       </c>
       <c r="L259" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="C260" s="0" t="s">
         <v>921</v>
-      </c>
-[...1 lines deleted...]
-        <v>922</v>
       </c>
       <c r="D260" s="0">
         <v>2123371</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F260" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G260" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H260" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
-        <v>803</v>
+        <v>922</v>
       </c>
       <c r="L260" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
         <v>923</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>924</v>
       </c>
       <c r="D261" s="0">
         <v>2123372</v>
       </c>
       <c r="E261" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G261" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H261" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I261" s="1" t="s">
         <v>925</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>803</v>
+        <v>666</v>
       </c>
       <c r="L261" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
         <v>926</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>927</v>
       </c>
       <c r="D262" s="0">
         <v>2123373</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F262" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G262" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>667</v>
+        <v>767</v>
       </c>
       <c r="L262" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
         <v>928</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>929</v>
       </c>
       <c r="D263" s="0">
         <v>2123374</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F263" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G263" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>930</v>
+        <v>628</v>
       </c>
       <c r="L263" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="C264" s="0" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>932</v>
       </c>
       <c r="D264" s="0">
         <v>2123375</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F264" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G264" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H264" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I264" s="1" t="s">
         <v>925</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>330</v>
+        <v>469</v>
       </c>
       <c r="L264" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
+        <v>932</v>
+      </c>
+      <c r="C265" s="0" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
       <c r="D265" s="0">
         <v>2123376</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F265" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G265" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H265" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>474</v>
+        <v>160</v>
       </c>
       <c r="L265" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="C266" s="0" t="s">
         <v>935</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
       <c r="D266" s="0">
         <v>2123377</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F266" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G266" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H266" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>263</v>
+        <v>19</v>
       </c>
       <c r="L266" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="C267" s="0" t="s">
         <v>938</v>
-      </c>
-[...1 lines deleted...]
-        <v>939</v>
       </c>
       <c r="D267" s="0">
         <v>2123378</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G267" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H267" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
-        <v>803</v>
+        <v>19</v>
       </c>
       <c r="L267" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="C268" s="0" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
       <c r="D268" s="0">
         <v>2123379</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G268" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H268" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>330</v>
+        <v>19</v>
       </c>
       <c r="L268" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
+        <v>942</v>
+      </c>
+      <c r="C269" s="0" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
       <c r="D269" s="0">
         <v>2123380</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G269" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H269" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>143</v>
+        <v>622</v>
       </c>
       <c r="L269" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
+        <v>944</v>
+      </c>
+      <c r="C270" s="0" t="s">
         <v>945</v>
-      </c>
-[...1 lines deleted...]
-        <v>946</v>
       </c>
       <c r="D270" s="0">
         <v>2123382</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F270" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G270" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H270" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L270" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="C271" s="0" t="s">
         <v>948</v>
-      </c>
-[...1 lines deleted...]
-        <v>949</v>
       </c>
       <c r="D271" s="0">
         <v>2123383</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F271" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G271" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H271" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L271" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="C272" s="0" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
       <c r="D272" s="0">
         <v>2122386</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F272" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G272" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H272" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
-        <v>667</v>
+        <v>19</v>
       </c>
       <c r="L272" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="C273" s="0" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
       <c r="D273" s="0">
         <v>2123387</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F273" s="0"/>
       <c r="G273" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H273" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>379</v>
+        <v>19</v>
       </c>
       <c r="L273" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="B274" s="0" t="s">
+        <v>954</v>
+      </c>
+      <c r="C274" s="0" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
       <c r="D274" s="0">
         <v>2123388</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F274" s="0"/>
       <c r="G274" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H274" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L274" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
+        <v>956</v>
+      </c>
+      <c r="C275" s="0" t="s">
         <v>957</v>
-      </c>
-[...1 lines deleted...]
-        <v>958</v>
       </c>
       <c r="D275" s="0">
         <v>2123389</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F275" s="0"/>
       <c r="G275" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H275" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
-        <v>241</v>
+        <v>19</v>
       </c>
       <c r="L275" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
+        <v>958</v>
+      </c>
+      <c r="C276" s="0" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>960</v>
       </c>
       <c r="D276" s="0">
         <v>2123390</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F276" s="0"/>
       <c r="G276" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H276" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>961</v>
+        <v>960</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
-        <v>741</v>
+        <v>19</v>
       </c>
       <c r="L276" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="C277" s="0" t="s">
         <v>962</v>
-      </c>
-[...1 lines deleted...]
-        <v>963</v>
       </c>
       <c r="D277" s="0"/>
       <c r="E277" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F277" s="0"/>
       <c r="G277" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H277" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>964</v>
+        <v>963</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
-        <v>19</v>
+        <v>622</v>
       </c>
       <c r="L277" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
+        <v>964</v>
+      </c>
+      <c r="C278" s="0" t="s">
         <v>965</v>
-      </c>
-[...1 lines deleted...]
-        <v>966</v>
       </c>
       <c r="D278" s="0">
         <v>2123992</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F278" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G278" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H278" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
-        <v>263</v>
+        <v>734</v>
       </c>
       <c r="L278" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="C279" s="0" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
       <c r="D279" s="0"/>
       <c r="E279" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F279" s="0"/>
       <c r="G279" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H279" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
-        <v>49</v>
+        <v>968</v>
       </c>
       <c r="L279" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
         <v>969</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>970</v>
       </c>
       <c r="D280" s="0"/>
       <c r="E280" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H280" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="L280" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
         <v>971</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>972</v>
       </c>
       <c r="D281" s="0"/>
       <c r="E281" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F281" s="0"/>
       <c r="G281" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>163</v>
+        <v>745</v>
       </c>
       <c r="L281" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
         <v>973</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>974</v>
       </c>
       <c r="D282" s="0"/>
       <c r="E282" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F282" s="0"/>
       <c r="G282" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
-        <v>263</v>
+        <v>734</v>
       </c>
       <c r="L282" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
         <v>975</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>976</v>
       </c>
       <c r="D283" s="0"/>
       <c r="E283" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F283" s="0"/>
       <c r="G283" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H283" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
-        <v>667</v>
+        <v>19</v>
       </c>
       <c r="L283" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
         <v>977</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>978</v>
       </c>
       <c r="D284" s="0"/>
       <c r="E284" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F284" s="0"/>
       <c r="G284" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H284" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>741</v>
+        <v>160</v>
       </c>
       <c r="L284" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
         <v>979</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>980</v>
       </c>
       <c r="D285" s="0"/>
       <c r="E285" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F285" s="0"/>
       <c r="G285" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H285" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>747</v>
+        <v>758</v>
       </c>
       <c r="L285" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
         <v>981</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>982</v>
       </c>
       <c r="D286" s="0"/>
       <c r="E286" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F286" s="0"/>
       <c r="G286" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H286" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
-        <v>803</v>
+        <v>666</v>
       </c>
       <c r="L286" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
         <v>983</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>984</v>
       </c>
       <c r="D287" s="0"/>
       <c r="E287" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F287" s="0"/>
       <c r="G287" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H287" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
-        <v>667</v>
+        <v>335</v>
       </c>
       <c r="L287" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
         <v>985</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>986</v>
       </c>
       <c r="D288" s="0"/>
       <c r="E288" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F288" s="0"/>
       <c r="G288" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
-        <v>747</v>
+        <v>758</v>
       </c>
       <c r="L288" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
         <v>987</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>988</v>
       </c>
       <c r="D289" s="0"/>
       <c r="E289" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F289" s="0"/>
       <c r="G289" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H289" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>163</v>
+        <v>335</v>
       </c>
       <c r="L289" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
         <v>989</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>990</v>
       </c>
       <c r="D290" s="0"/>
       <c r="E290" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F290" s="0"/>
       <c r="G290" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H290" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
-        <v>803</v>
+        <v>628</v>
       </c>
       <c r="L290" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
         <v>991</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>992</v>
       </c>
       <c r="D291" s="0"/>
       <c r="E291" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F291" s="0"/>
       <c r="G291" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H291" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="L291" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
         <v>993</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>994</v>
       </c>
       <c r="D292" s="0"/>
       <c r="E292" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F292" s="0"/>
       <c r="G292" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H292" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
-        <v>19</v>
+        <v>377</v>
       </c>
       <c r="L292" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
         <v>995</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>996</v>
       </c>
       <c r="D293" s="0"/>
       <c r="E293" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F293" s="0"/>
       <c r="G293" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H293" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="L293" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
         <v>997</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>998</v>
       </c>
       <c r="D294" s="0"/>
       <c r="E294" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F294" s="0"/>
       <c r="G294" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H294" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="L294" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
         <v>999</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>1000</v>
       </c>
       <c r="D295" s="0"/>
       <c r="E295" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F295" s="0"/>
       <c r="G295" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H295" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>667</v>
+        <v>335</v>
       </c>
       <c r="L295" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
         <v>1001</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>1002</v>
       </c>
       <c r="D296" s="0"/>
       <c r="E296" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F296" s="0"/>
       <c r="G296" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H296" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>741</v>
+        <v>160</v>
       </c>
       <c r="L296" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
         <v>1003</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>1004</v>
       </c>
       <c r="D297" s="0"/>
       <c r="E297" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F297" s="0"/>
       <c r="G297" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H297" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>911</v>
+        <v>628</v>
       </c>
       <c r="L297" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
         <v>1005</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>1006</v>
       </c>
       <c r="D298" s="0"/>
       <c r="E298" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F298" s="0"/>
       <c r="G298" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H298" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I298" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>869</v>
+        <v>19</v>
       </c>
       <c r="L298" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
         <v>1008</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>1009</v>
       </c>
       <c r="D299" s="0"/>
       <c r="E299" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F299" s="0"/>
       <c r="G299" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H299" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I299" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>241</v>
+        <v>377</v>
       </c>
       <c r="L299" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
         <v>1010</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>1011</v>
       </c>
       <c r="D300" s="0"/>
       <c r="E300" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F300" s="0"/>
       <c r="G300" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H300" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>964</v>
+        <v>963</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>143</v>
+        <v>160</v>
       </c>
       <c r="L300" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
         <v>1012</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>1013</v>
       </c>
       <c r="D301" s="0"/>
       <c r="E301" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F301" s="0"/>
       <c r="G301" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H301" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I301" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>911</v>
+        <v>19</v>
       </c>
       <c r="L301" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
         <v>1014</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>1015</v>
       </c>
       <c r="D302" s="0"/>
       <c r="E302" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F302" s="0"/>
       <c r="G302" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H302" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I302" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>379</v>
+        <v>19</v>
       </c>
       <c r="L302" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
         <v>1016</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>1017</v>
       </c>
       <c r="D303" s="0"/>
       <c r="E303" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F303" s="0"/>
       <c r="G303" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H303" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>964</v>
+        <v>963</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>143</v>
+        <v>767</v>
       </c>
       <c r="L303" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
         <v>1018</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>1019</v>
       </c>
       <c r="D304" s="0"/>
       <c r="E304" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F304" s="0"/>
       <c r="G304" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H304" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I304" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
-        <v>143</v>
+        <v>19</v>
       </c>
       <c r="L304" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
         <v>1020</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>1021</v>
       </c>
       <c r="D305" s="0"/>
       <c r="E305" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F305" s="0"/>
       <c r="G305" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H305" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I305" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>19</v>
+        <v>722</v>
       </c>
       <c r="L305" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
         <v>1022</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>1023</v>
       </c>
       <c r="D306" s="0"/>
       <c r="E306" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F306" s="0"/>
       <c r="G306" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H306" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I306" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L306" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
         <v>1024</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>1025</v>
       </c>
       <c r="D307" s="0"/>
       <c r="E307" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F307" s="0"/>
       <c r="G307" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H307" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I307" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>803</v>
+        <v>767</v>
       </c>
       <c r="L307" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
         <v>1026</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>1027</v>
       </c>
       <c r="D308" s="0" t="s">
         <v>1028</v>
       </c>
       <c r="E308" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F308" s="0"/>
       <c r="G308" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="I308" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>432</v>
+        <v>49</v>
       </c>
       <c r="L308" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
         <v>1032</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>1033</v>
       </c>
       <c r="D309" s="0" t="s">
         <v>1034</v>
       </c>
       <c r="E309" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F309" s="0"/>
       <c r="G309" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H309" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="I309" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>747</v>
+        <v>19</v>
       </c>
       <c r="L309" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
         <v>1036</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>1037</v>
       </c>
       <c r="D310" s="0" t="s">
         <v>1038</v>
       </c>
       <c r="E310" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F310" s="0"/>
       <c r="G310" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H310" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="I310" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L310" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
         <v>1040</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>1041</v>
       </c>
       <c r="D311" s="0" t="s">
         <v>1042</v>
       </c>
       <c r="E311" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F311" s="0"/>
       <c r="G311" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H311" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="I311" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="L311" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
         <v>1044</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>1045</v>
       </c>
       <c r="D312" s="0" t="s">
         <v>1046</v>
       </c>
       <c r="E312" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F312" s="0"/>
       <c r="G312" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="I312" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="L312" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
         <v>1048</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>1049</v>
       </c>
       <c r="D313" s="0" t="s">
         <v>1050</v>
       </c>
       <c r="E313" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F313" s="0"/>
       <c r="G313" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="I313" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="L313" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
         <v>1052</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>1053</v>
       </c>
       <c r="D314" s="0" t="s">
         <v>1054</v>
       </c>
       <c r="E314" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F314" s="0"/>
       <c r="G314" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H314" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="I314" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="L314" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
         <v>1056</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>1057</v>
       </c>
       <c r="D315" s="0" t="s">
         <v>1058</v>
       </c>
       <c r="E315" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F315" s="0"/>
       <c r="G315" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H315" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="I315" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="L315" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
         <v>1060</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>1061</v>
       </c>
       <c r="D316" s="0" t="s">
         <v>1062</v>
       </c>
       <c r="E316" s="0" t="s">
         <v>1063</v>
       </c>
       <c r="F316" s="0" t="s">
         <v>1064</v>
       </c>
       <c r="G316" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H316" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I316" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L316" s="0"/>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
         <v>1066</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>1067</v>
       </c>
       <c r="D317" s="0">
         <v>607081</v>
       </c>
       <c r="E317" s="0" t="s">
         <v>590</v>
       </c>
       <c r="F317" s="0"/>
       <c r="G317" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I317" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L317" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
         <v>1069</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>1070</v>
       </c>
       <c r="D318" s="0">
         <v>251110</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F318" s="0"/>
       <c r="G318" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I318" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L318" s="0"/>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
         <v>1072</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>1073</v>
       </c>
       <c r="D319" s="0" t="s">
         <v>1074</v>
       </c>
       <c r="E319" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="F319" s="0"/>
       <c r="G319" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I319" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L319" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="B320" s="0" t="s">
         <v>1076</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>1077</v>
       </c>
       <c r="D320" s="0" t="s">
         <v>1078</v>
       </c>
       <c r="E320" s="0" t="s">
         <v>1079</v>
       </c>
       <c r="F320" s="0" t="s">
         <v>1080</v>
       </c>
       <c r="G320" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I320" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>729</v>
+        <v>1082</v>
       </c>
       <c r="L320" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="E321" s="0" t="s">
         <v>1079</v>
       </c>
       <c r="F321" s="0" t="s">
         <v>1080</v>
       </c>
       <c r="G321" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H321" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I321" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="L321" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F322" s="0"/>
       <c r="G322" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H322" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L322" s="0">
         <v>54</v>
       </c>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="D323" s="0"/>
       <c r="E323" s="0" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F323" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G323" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H323" s="0" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
-        <v>833</v>
+        <v>372</v>
       </c>
       <c r="L323" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="E324" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F324" s="0"/>
       <c r="G324" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H324" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L324" s="0"/>
+        <v>778</v>
+      </c>
+      <c r="L324" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="E325" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F325" s="0"/>
       <c r="G325" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H325" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L325" s="0"/>
+        <v>666</v>
+      </c>
+      <c r="L325" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="E326" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F326" s="0"/>
       <c r="G326" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H326" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L326" s="0"/>
+        <v>767</v>
+      </c>
+      <c r="L326" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="E327" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F327" s="0"/>
       <c r="G327" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H327" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L327" s="0"/>
+        <v>745</v>
+      </c>
+      <c r="L327" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="E328" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F328" s="0"/>
       <c r="G328" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H328" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L328" s="0"/>
+        <v>778</v>
+      </c>
+      <c r="L328" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="E329" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="F329" s="0"/>
       <c r="G329" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L329" s="0"/>
+        <v>758</v>
+      </c>
+      <c r="L329" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D330" s="0">
         <v>11000832</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F330" s="0"/>
       <c r="G330" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H330" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
-        <v>869</v>
+        <v>372</v>
       </c>
       <c r="L330" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="D331" s="0">
         <v>11000106</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F331" s="0"/>
       <c r="G331" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H331" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
-        <v>911</v>
+        <v>330</v>
       </c>
       <c r="L331" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D332" s="0">
         <v>11000833</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F332" s="0"/>
       <c r="G332" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H332" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
-        <v>209</v>
+        <v>49</v>
       </c>
       <c r="L332" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="E333" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F333" s="0"/>
       <c r="G333" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L333" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="B334" s="0" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E334" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F334" s="0"/>
       <c r="G334" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L334" s="0"/>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="E335" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F335" s="0"/>
       <c r="G335" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H335" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L335" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="E336" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F336" s="0"/>
       <c r="G336" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="L336" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="B337" s="0" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F337" s="0" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="G337" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H337" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L337" s="0"/>
+    </row>
+    <row r="338" spans="1:12" customHeight="1" ht="80">
+      <c r="B338" s="0" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C338" s="0" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D338" s="0" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E338" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="F338" s="0" t="s">
+        <v>866</v>
+      </c>
+      <c r="G338" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H338" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="I338" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="J338" s="0"/>
+      <c r="K338" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="L338" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="339" spans="1:12" customHeight="1" ht="80">
+      <c r="B339" s="0" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C339" s="0" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D339" s="0" t="s">
+        <v>1146</v>
+      </c>
+      <c r="E339" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="F339" s="0"/>
+      <c r="G339" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H339" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I339" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="J339" s="0"/>
+      <c r="K339" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L339" s="0"/>
+    </row>
+    <row r="340" spans="1:12" customHeight="1" ht="80">
+      <c r="B340" s="0" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C340" s="0" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D340" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E340" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="F340" s="0"/>
+      <c r="G340" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H340" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I340" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="J340" s="0"/>
+      <c r="K340" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L340" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -24577,50 +24712,53 @@
     <hyperlink ref="B313" r:id="rId_hyperlink_312"/>
     <hyperlink ref="B314" r:id="rId_hyperlink_313"/>
     <hyperlink ref="B315" r:id="rId_hyperlink_314"/>
     <hyperlink ref="B316" r:id="rId_hyperlink_315"/>
     <hyperlink ref="B317" r:id="rId_hyperlink_316"/>
     <hyperlink ref="B318" r:id="rId_hyperlink_317"/>
     <hyperlink ref="B319" r:id="rId_hyperlink_318"/>
     <hyperlink ref="B320" r:id="rId_hyperlink_319"/>
     <hyperlink ref="B321" r:id="rId_hyperlink_320"/>
     <hyperlink ref="B322" r:id="rId_hyperlink_321"/>
     <hyperlink ref="B323" r:id="rId_hyperlink_322"/>
     <hyperlink ref="B324" r:id="rId_hyperlink_323"/>
     <hyperlink ref="B325" r:id="rId_hyperlink_324"/>
     <hyperlink ref="B326" r:id="rId_hyperlink_325"/>
     <hyperlink ref="B327" r:id="rId_hyperlink_326"/>
     <hyperlink ref="B328" r:id="rId_hyperlink_327"/>
     <hyperlink ref="B329" r:id="rId_hyperlink_328"/>
     <hyperlink ref="B330" r:id="rId_hyperlink_329"/>
     <hyperlink ref="B331" r:id="rId_hyperlink_330"/>
     <hyperlink ref="B332" r:id="rId_hyperlink_331"/>
     <hyperlink ref="B333" r:id="rId_hyperlink_332"/>
     <hyperlink ref="B334" r:id="rId_hyperlink_333"/>
     <hyperlink ref="B335" r:id="rId_hyperlink_334"/>
     <hyperlink ref="B336" r:id="rId_hyperlink_335"/>
     <hyperlink ref="B337" r:id="rId_hyperlink_336"/>
+    <hyperlink ref="B338" r:id="rId_hyperlink_337"/>
+    <hyperlink ref="B339" r:id="rId_hyperlink_338"/>
+    <hyperlink ref="B340" r:id="rId_hyperlink_339"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>