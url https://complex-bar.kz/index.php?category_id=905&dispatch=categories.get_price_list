--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -119,51 +119,51 @@
   <si>
     <t>F819</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>19040.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Дрип-станция;сталь нерж.,дерево</t>
   </si>
   <si>
     <t>02121601</t>
   </si>
   <si>
     <t>F814</t>
   </si>
   <si>
     <t>24430.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Набор для приготовления фильтр-кофе;стекло,пластик;300мл;D=13,H=24см</t>
   </si>
   <si>
     <t>02121602</t>
   </si>
   <si>
     <t>F811</t>
   </si>
   <si>
     <t>8645.00₸</t>
   </si>
   <si>
     <t>Дрип-станция;сталь нерж.</t>
   </si>
   <si>
     <t>02121603</t>
   </si>
   <si>
     <t>F911</t>
   </si>
   <si>
     <t>5971.00₸</t>
   </si>
@@ -197,176 +197,179 @@
   <si>
     <t>VD-02R</t>
   </si>
   <si>
     <t>Hario</t>
   </si>
   <si>
     <t>ЯПОНИЯ</t>
   </si>
   <si>
     <t>7747.00₸</t>
   </si>
   <si>
     <t>Воронка для пуровера;керамика;белый</t>
   </si>
   <si>
     <t>02122634</t>
   </si>
   <si>
     <t>VDC-02W</t>
   </si>
   <si>
     <t>28429.00₸</t>
   </si>
   <si>
-    <t>45 шт.</t>
+    <t>33 шт.</t>
   </si>
   <si>
     <t>Воронка д/пуровер;стекло,пластик;прозр.,черный</t>
   </si>
   <si>
     <t>02122636</t>
   </si>
   <si>
     <t>VDGN-02B</t>
   </si>
   <si>
     <t>9471.00₸</t>
   </si>
   <si>
     <t>Воронка (пуровер);пластик;белый</t>
   </si>
   <si>
     <t>02122640</t>
   </si>
   <si>
     <t>VD-02W</t>
   </si>
   <si>
     <t>7631.00₸</t>
   </si>
   <si>
     <t>Воронка (пуровер);керамика;D=115/64мм</t>
   </si>
   <si>
     <t>02122642</t>
   </si>
   <si>
     <t>TV02</t>
   </si>
   <si>
     <t>7189.00₸</t>
   </si>
   <si>
     <t>Воронка (пуровер);стекло,пластик;D=10см</t>
   </si>
   <si>
     <t>02122643</t>
   </si>
   <si>
     <t>GV02</t>
   </si>
   <si>
     <t>4886.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Воронка (пуровер);пластик;D=115/48мм</t>
   </si>
   <si>
     <t>02122647</t>
   </si>
   <si>
     <t>V02</t>
   </si>
   <si>
     <t>3024.00₸</t>
   </si>
   <si>
     <t>Воронка (пуровер);стекло,бамбук;D=12см</t>
   </si>
   <si>
     <t>02122648</t>
   </si>
   <si>
     <t>GV11</t>
   </si>
   <si>
     <t>7798.00₸</t>
   </si>
   <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
     <t>Воронка (пуровер);керамика;D=117/60мм</t>
   </si>
   <si>
     <t>02122649</t>
   </si>
   <si>
     <t>ECV02</t>
   </si>
   <si>
     <t>9905.00₸</t>
   </si>
   <si>
     <t>Дрип-станция;сталь нерж.;D=12см</t>
   </si>
   <si>
     <t>02122650</t>
   </si>
   <si>
     <t>EV02</t>
   </si>
   <si>
     <t>18 шт.</t>
   </si>
   <si>
     <t>Воронка (пуровер);силикон;D=10/2см;красный</t>
   </si>
   <si>
     <t>02122651</t>
   </si>
   <si>
     <t>GV40</t>
   </si>
   <si>
     <t>4004.00₸</t>
   </si>
   <si>
     <t>Воронка иммерсионная с таймером;пластик;D=120/64мм</t>
   </si>
   <si>
     <t>02122652</t>
   </si>
   <si>
     <t>F36B</t>
   </si>
   <si>
     <t>22778.00₸</t>
   </si>
   <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
     <t>Установка для колд-брю на 6-8 чашек;бамбук,стекло</t>
   </si>
   <si>
     <t>02124101</t>
   </si>
   <si>
     <t>BDS2</t>
   </si>
   <si>
     <t>Комплектующие для аппаратов «Кофе по-восточному»</t>
   </si>
   <si>
     <t>69342.00₸</t>
   </si>
   <si>
     <t>Установка для колд-брю на 5-8 чашек;бамбук,стекло</t>
   </si>
   <si>
     <t>02124102</t>
   </si>
   <si>
     <t>BD8</t>
   </si>
   <si>
     <t>79723.00₸</t>
@@ -500,323 +503,317 @@
   <si>
     <t>Кемекс;стекло;400мл;D=12,H=16,5см</t>
   </si>
   <si>
     <t>03160716</t>
   </si>
   <si>
     <t>CH2</t>
   </si>
   <si>
     <t>13195.00₸</t>
   </si>
   <si>
     <t>Воронка (пуровер) с сервером;стекло,сталь нерж.;400мл;D=12,H=17,5см;прозр.</t>
   </si>
   <si>
     <t>03160720</t>
   </si>
   <si>
     <t>CH104</t>
   </si>
   <si>
     <t>16604.00₸</t>
   </si>
   <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Кемекс;стекло;0,8л</t>
+  </si>
+  <si>
+    <t>03160723</t>
+  </si>
+  <si>
+    <t>CH6</t>
+  </si>
+  <si>
+    <t>17444.00₸</t>
+  </si>
+  <si>
+    <t>Турка;медь;400мл;D=65/65,H=100,L=155мм;золотой</t>
+  </si>
+  <si>
+    <t>04140309</t>
+  </si>
+  <si>
+    <t>CH 109</t>
+  </si>
+  <si>
+    <t>TUR</t>
+  </si>
+  <si>
+    <t>Турки</t>
+  </si>
+  <si>
+    <t>18696.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Турка;медь;225мл;D=45/60,H=100,L=140мм;золотой</t>
+  </si>
+  <si>
+    <t>04140310</t>
+  </si>
+  <si>
+    <t>CH 103</t>
+  </si>
+  <si>
+    <t>10372.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Турка;медь;200мл;D=45/70,H=80,L=150мм;золотой</t>
+  </si>
+  <si>
+    <t>04140311</t>
+  </si>
+  <si>
+    <t>CH Ч 99</t>
+  </si>
+  <si>
+    <t>21368.00₸</t>
+  </si>
+  <si>
+    <t>Турка;медь;320мл;D=65/75,H=100,L=180мм;золотой</t>
+  </si>
+  <si>
+    <t>04140314</t>
+  </si>
+  <si>
+    <t>СН 142</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Турка «Миссис»;сталь нерж.,дерево;130мл;D=6,H=7см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140330</t>
+  </si>
+  <si>
+    <t>CH212</t>
+  </si>
+  <si>
+    <t>Миссис</t>
+  </si>
+  <si>
+    <t>9202.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Турка «Мисс»;сталь нерж.,дерево;125мл;D=60,H=65мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04140331</t>
+  </si>
+  <si>
+    <t>CH215</t>
+  </si>
+  <si>
+    <t>Мисс</t>
+  </si>
+  <si>
+    <t>8624.00₸</t>
+  </si>
+  <si>
+    <t>Турка;сталь нерж.,дерево;350мл;D=9,H=10см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140332</t>
+  </si>
+  <si>
+    <t>CH110</t>
+  </si>
+  <si>
+    <t>19458.00₸</t>
+  </si>
+  <si>
+    <t>Турка;сталь нерж.,пластик;200мл;D=75,H=70,L=110мм;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04140333</t>
+  </si>
+  <si>
+    <t>00850020ICC</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>8246.00₸</t>
+  </si>
+  <si>
+    <t>Турка;сталь нерж.,пластик;0,5л;D=9,H=8см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04140335</t>
+  </si>
+  <si>
+    <t>00850060ICC</t>
+  </si>
+  <si>
+    <t>12166.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Турка «Рим»;медь,дерево;400мл;D=8,H=11,L=23см;медный</t>
+  </si>
+  <si>
+    <t>04140336</t>
+  </si>
+  <si>
+    <t>13306.00₸</t>
+  </si>
+  <si>
+    <t>Турка «Рыцарь»;медь,дерево;400мл;D=85,H=100,L=230мм;медный</t>
+  </si>
+  <si>
+    <t>04140337</t>
+  </si>
+  <si>
+    <t>26065.00₸</t>
+  </si>
+  <si>
+    <t>Турка «Арарат»;медь,дерево;400мл;D=95,H=100мм;медный</t>
+  </si>
+  <si>
+    <t>04140338</t>
+  </si>
+  <si>
+    <t>26904.00₸</t>
+  </si>
+  <si>
+    <t>Турка «Увлекательный день»;медь,дерево;400мл;D=10,H=10,5,L=23см;медный</t>
+  </si>
+  <si>
+    <t>04140339</t>
+  </si>
+  <si>
+    <t>Турка;медь;300мл;D=65/70,H=80,L=280мм;золотой</t>
+  </si>
+  <si>
+    <t>04140351</t>
+  </si>
+  <si>
+    <t>18742.00₸</t>
+  </si>
+  <si>
+    <t>Песок кварцевый 1кг фракция 0,1-0,4</t>
+  </si>
+  <si>
+    <t>07010306</t>
+  </si>
+  <si>
+    <t>sand</t>
+  </si>
+  <si>
+    <t>EVIS</t>
+  </si>
+  <si>
+    <t>308.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Чайник для приготовления кофе электрический;сталь нерж.,пластик;0,7л;1,36Квт</t>
+  </si>
+  <si>
+    <t>07030702</t>
+  </si>
+  <si>
+    <t>BH2000</t>
+  </si>
+  <si>
+    <t>Чайник для приготовления кофе с контролем температуры;сталь нерж.,бук;0,7л;1Квт;белый</t>
+  </si>
+  <si>
+    <t>07030703</t>
+  </si>
+  <si>
+    <t>DG42B</t>
+  </si>
+  <si>
+    <t>53200.00₸</t>
+  </si>
+  <si>
+    <t>Чайник для приготовления кофе с термометром;сталь нерж.,пластик;1л;стальной</t>
+  </si>
+  <si>
+    <t>07030704</t>
+  </si>
+  <si>
+    <t>BH42B</t>
+  </si>
+  <si>
+    <t>17493.00₸</t>
+  </si>
+  <si>
+    <t>Турка «Мисс»;медь,олово;125мл;D=60,H=65мм;медный</t>
+  </si>
+  <si>
+    <t>04140306</t>
+  </si>
+  <si>
+    <t>CH 115</t>
+  </si>
+  <si>
+    <t>8701.00₸</t>
+  </si>
+  <si>
     <t>42 шт.</t>
   </si>
   <si>
-    <t>Кемекс;стекло;0,8л</t>
-[...256 lines deleted...]
-  <si>
     <t>Турка «Миссис»;медь,дерево;155мл;D=60,H=65мм;медный</t>
   </si>
   <si>
     <t>04140307</t>
   </si>
   <si>
     <t>CH 112</t>
   </si>
   <si>
-    <t>24 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Турка;медь,дерево;80мл;D=6,H=4см;медный</t>
   </si>
   <si>
     <t>04140308</t>
   </si>
   <si>
     <t>CH 114</t>
   </si>
   <si>
     <t>9179.00₸</t>
   </si>
   <si>
     <t>Аппарат для приготовления кофе на песке АК/8-2 (1,8 кг песка и турка 100 мл);сталь;,H=86см;1,5Квт;ме</t>
   </si>
   <si>
     <t>07020134</t>
   </si>
   <si>
     <t>AK/8-2</t>
   </si>
   <si>
     <t>Johny</t>
   </si>
   <si>
     <t>ГРЕЦИЯ</t>
@@ -866,132 +863,93 @@
   <si>
     <t>07020138</t>
   </si>
   <si>
     <t>20.13.0.0001</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>24363.00₸</t>
   </si>
   <si>
     <t>Предохранитель д/АК/8-1,2,3;сталь;,L=30,B=5см;металлич.</t>
   </si>
   <si>
     <t>07020139</t>
   </si>
   <si>
     <t>20.01.0.0017</t>
   </si>
   <si>
     <t>44345.00₸</t>
   </si>
   <si>
-    <t>Нагрев.элемент д/АК/8-1,2,3;сталь;D=250,H=55мм;металлич.</t>
-[...10 lines deleted...]
-  <si>
     <t>Нагревательная площадка АК/84-9;сталь;D=195,H=40мм;металлич.</t>
   </si>
   <si>
     <t>07020142</t>
   </si>
   <si>
     <t>20.13.0.0042</t>
   </si>
   <si>
     <t>35290.00₸</t>
   </si>
   <si>
     <t>Аппарат для приготовления кофе на песке АК/8-5 (0,5 кг песка и турка 100 мл);сталь;,H=19,5,L=21,B=21</t>
   </si>
   <si>
     <t>07020155</t>
   </si>
   <si>
     <t>AK/8-5Gold</t>
   </si>
   <si>
     <t>189701.00₸</t>
   </si>
   <si>
     <t>07020156</t>
   </si>
   <si>
     <t>AK/8-5Inox</t>
   </si>
   <si>
     <t>189705.00₸</t>
   </si>
   <si>
     <t>База д/арт.AK/8-2 со встроен.кольцами;бронза</t>
   </si>
   <si>
     <t>07020176</t>
   </si>
   <si>
     <t>50.13.0.0091</t>
   </si>
   <si>
     <t>107808.00₸</t>
-  </si>
-[...25 lines deleted...]
-    <t>62755.00₸</t>
   </si>
   <si>
     <t>Сервер для кофе «Брюверс» термостойкий;фарфор;300мл;,H=127,L=82,B=72мм;черный,белый</t>
   </si>
   <si>
     <t>03090756</t>
   </si>
   <si>
     <t>C099-97BIK</t>
   </si>
   <si>
     <t>Loveramics</t>
   </si>
   <si>
     <t>Brewers</t>
   </si>
   <si>
     <t>14700.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1024,51 +982,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3A8FA2C-59EE-11ED-BC00-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791E173B-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9634AE9-8390-11EE-BC11-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39B01606-D832-11EC-BBFA-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68B19642-560F-11EC-BBF6-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE46B258-1E4B-11EC-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AD8-4251-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11CEE79C-F151-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB6C-E3C7-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18613421-4253-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0EF-4254-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC8D-1E4C-11EC-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA28FE-20D1-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16027559-20D1-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA29B0-20D1-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F7C-1E4C-11EC-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F78-1E4C-11EC-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA2A62-20D1-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F7A-1E4C-11EC-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AA1C-20CE-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55F527E7-560F-11EC-BBF6-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ABD81E4-7E52-11EE-BC0F-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E0613B2-7E52-11EE-BC0F-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB27622-E3D2-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46E8FA64-21BF-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3438-560F-11EC-BBF6-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE343C-560F-11EC-BBF6-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CBB071D-F163-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCCD-4254-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A055E7F-16CE-11EF-BC3F-0050569297EB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EEC9A7-21C1-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF014E3-21C1-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EECA59-21C1-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A0737B0-21C7-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073850-21C7-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073902-21C7-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A6B-424B-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C929-424D-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C92A-424D-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073710-21C7-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E59-424D-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E5A-424D-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44C3-424E-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073A42-21C7-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073AE2-21C7-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A0739A2-21C7-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B924-4254-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914E3-424B-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE343A-560F-11EC-BBF6-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D8729DF-222F-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3439-560F-11EC-BBF6-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF09B-424B-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83B85E26-4411-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF09D-424B-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E144E2-2231-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9427-424F-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE0035B-2231-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE00285-2231-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942A-424F-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942B-424F-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942C-424F-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942E-424F-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE0018B-2231-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE000EB-2231-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EDFFEE7-2231-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F3F95-3157-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D13E773-667D-11F0-BC55-00505692E2D067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496F166F-7EDB-11F0-BC56-00505692C44768.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3A8FA2C-59EE-11ED-BC00-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791E173B-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9634AE9-8390-11EE-BC11-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39B01606-D832-11EC-BBFA-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68B19642-560F-11EC-BBF6-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE46B258-1E4B-11EC-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AD8-4251-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11CEE79C-F151-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52BFDB6C-E3C7-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18613421-4253-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC0EF-4254-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2868DC8D-1E4C-11EC-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA28FE-20D1-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16027559-20D1-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA29B0-20D1-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F7C-1E4C-11EC-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F78-1E4C-11EC-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FEA2A62-20D1-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21F12F7A-1E4C-11EC-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59D7AA1C-20CE-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55F527E7-560F-11EC-BBF6-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ABD81E4-7E52-11EE-BC0F-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E0613B2-7E52-11EE-BC0F-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB27622-E3D2-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46E8FA64-21BF-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3438-560F-11EC-BBF6-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE343C-560F-11EC-BBF6-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CBB071D-F163-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCCD-4254-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A055E7F-16CE-11EF-BC3F-0050569297EB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EEC9A7-21C1-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF014E3-21C1-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29EECA59-21C1-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A0737B0-21C7-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073850-21C7-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073902-21C7-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A6B-424B-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C929-424D-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C92A-424D-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073710-21C7-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E59-424D-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E5A-424D-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44C3-424E-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073A42-21C7-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A073AE2-21C7-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A0739A2-21C7-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C88B924-4254-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154914E3-424B-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE343A-560F-11EC-BBF6-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D8729DF-222F-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FCE3439-560F-11EC-BBF6-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF09B-424B-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83B85E26-4411-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF09D-424B-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84E144E2-2231-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9427-424F-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE0035B-2231-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE00285-2231-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942A-424F-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942B-424F-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA942E-424F-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE0018B-2231-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE000EB-2231-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EDFFEE7-2231-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496F166F-7EDB-11F0-BC56-00505692C44765.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2966,140 +2924,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3358,62 +3226,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02030845/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02030846/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/drip-stanciya-doppio-02100318/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02121601/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02121602/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02121603/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-stoelzle-02122627/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dlya-purovera-hario-02122633/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dlya-purovera-hario-02122634/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-d-purover-hario-02122636/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-hario-02122640/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122642/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122643/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122647/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122648/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122649/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02122650/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122651/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122652/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustanovka-dlya-kold-bryu-doppio-02124101/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustanovka-dlya-kold-bryu-doppio-02124102/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02124208/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aeropress-doppio-02124209/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-d-proliva-hario-03150150/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-doppio-03151104/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-03151308/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-03151309/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-dlya-gabet-sifona-hario-03160163/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gabet-sifon-chay-kofe-hario-03160475/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-dekanter-hario-03160706/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kemeks-doppio-03160716/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-03160720/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kemeks-doppio-03160723/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140309/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140310/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140311/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140314/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140330/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140331/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140332/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-ilsa-04140333/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-ilsa-04140335/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140336/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140337/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140338/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140339/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140351/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pesok-kvarcevyy-1kg-evis-07010306/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030702/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030703/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030704/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140306/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140307/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140308/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020134/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020136/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020137/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostat-d-ak-8-1-2-3-50-300s-johny-07020138/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-d-ak-8-1-2-3-johny-07020139/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrevelement-d-ak-8-1-2-3-johny-07020140/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrevatelnaya-ploschadka-ak-84-9-johny-07020142/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020155/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020156/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-d-artak-8-2-so-vstroenkolcami-johny-07020176/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shestigrannyy-vint-d-artak-8-2-johny-07020178/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-kitfort-07030727/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-loveramics-03090756/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02030845/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02030846/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/drip-stanciya-doppio-02100318/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02121601/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-dlya-prigotovleniya-filtr-kofe-doppio-02121602/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02121603/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-stoelzle-02122627/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dlya-purovera-hario-02122633/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-dlya-purovera-hario-02122634/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-d-purover-hario-02122636/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-hario-02122640/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122642/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122643/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122647/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122648/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122649/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-voronki-doppio-02122650/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122651/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02122652/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustanovka-dlya-kold-bryu-doppio-02124101/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustanovka-dlya-kold-bryu-doppio-02124102/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-02124208/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/aeropress-doppio-02124209/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-d-proliva-hario-03150150/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-doppio-03151104/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-03151308/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-03151309/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolba-dlya-gabet-sifona-hario-03160163/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gabet-sifon-chay-kofe-hario-03160475/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kofevarka-dekanter-hario-03160706/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kemeks-doppio-03160716/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-doppio-03160720/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kemeks-doppio-03160723/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140309/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140310/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140311/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140314/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140330/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140331/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140332/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-ilsa-04140333/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-ilsa-04140335/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140336/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140337/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140338/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140339/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140351/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pesok-kvarcevyy-1kg-evis-07010306/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030702/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030703/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chaynik-dlya-prigotovleniya-kofe-doppio-07030704/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140306/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140307/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/turka-tur-04140308/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020134/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020135/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020136/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020137/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termostat-d-ak-8-1-2-3-50-300s-johny-07020138/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-d-ak-8-1-2-3-johny-07020139/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrevatelnaya-ploschadka-ak-84-9-johny-07020142/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020155/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/apparat-dlya-prigotovleniya-kofe-na-peske-johny-07020156/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-d-artak-8-2-so-vstroenkolcami-johny-07020176/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/server-dlya-kofe-loveramics-03090756/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L69"/>
+  <dimension ref="A1:L66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I69" sqref="I69"/>
+      <selection activeCell="I66" sqref="I66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3834,115 +3702,115 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>76</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
@@ -4026,1631 +3894,1537 @@
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>101</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>182</v>
+        <v>131</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>185</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>186</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>189</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>190</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>191</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>192</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>195</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>196</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>197</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>130</v>
+        <v>43</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>200</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>201</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>202</v>
+        <v>131</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="D42" s="0" t="s">
+      <c r="E42" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="D43" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="0" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="D44" s="0">
         <v>655</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="D45" s="0">
         <v>665</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>186</v>
+        <v>112</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="D46" s="0">
         <v>654</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>186</v>
+        <v>43</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="D47" s="0">
         <v>695</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D48" s="0">
         <v>500</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="E49" s="0" t="s">
         <v>229</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>29</v>
+        <v>231</v>
       </c>
       <c r="L49" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>245</v>
       </c>
-      <c r="D53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>196</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>77</v>
+        <v>247</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>248</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>249</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>250</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>190</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>191</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>251</v>
+        <v>43</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="D55" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>212</v>
+        <v>192</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="D56" s="0" t="s">
+      <c r="E56" s="0" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="I56" s="1" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="D57" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="D58" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="D59" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="D60" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="I60" s="1" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>111</v>
+        <v>43</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="D61" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="D62" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>111</v>
+        <v>186</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="D63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>182</v>
+        <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C65" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>295</v>
       </c>
-      <c r="D65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="D66" s="0" t="s">
+      <c r="E66" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="E66" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F66" s="0"/>
+      <c r="F66" s="0" t="s">
+        <v>301</v>
+      </c>
       <c r="G66" s="0" t="s">
-        <v>260</v>
+        <v>27</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>43</v>
-[...62 lines deleted...]
-      <c r="K68" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L68" s="0"/>
-[...31 lines deleted...]
-      <c r="L69" s="0"/>
+      <c r="L66" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -5676,53 +5450,50 @@
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
-    <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
-[...1 lines deleted...]
-    <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>