--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,272 +74,272 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Фильтры для пуровера[100шт];бумага</t>
   </si>
   <si>
     <t>02030654</t>
   </si>
   <si>
     <t>VCF-02-100W</t>
   </si>
   <si>
     <t>Hario</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Фильтры для кофе</t>
   </si>
   <si>
     <t>6545.00₸</t>
   </si>
   <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Фильтры бумажные круглые «Кемекс»[100шт];бумага;D=30см;белый</t>
+  </si>
+  <si>
+    <t>02030677</t>
+  </si>
+  <si>
+    <t>FC-100</t>
+  </si>
+  <si>
+    <t>Chemex</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>15262.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для воронки Калита[50шт];бумага;D=45/85,H=50мм;белый</t>
+  </si>
+  <si>
+    <t>02030710</t>
+  </si>
+  <si>
+    <t>F250A</t>
+  </si>
+  <si>
+    <t>Doppio</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>2730.00₸</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для воронки[40шт];бумага;D=12см;белый</t>
+  </si>
+  <si>
+    <t>02030711</t>
+  </si>
+  <si>
+    <t>F802</t>
+  </si>
+  <si>
+    <t>1988.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для воронки[100шт];бумага;D=12см;белый</t>
+  </si>
+  <si>
+    <t>02030712</t>
+  </si>
+  <si>
+    <t>F802B</t>
+  </si>
+  <si>
+    <t>3332.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для воронки[100шт];бумага;,H=10,L=17,B=6см;белый</t>
+  </si>
+  <si>
+    <t>02030713</t>
+  </si>
+  <si>
+    <t>F16</t>
+  </si>
+  <si>
+    <t>3458.00₸</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для аэропресса[350шт];бумага;D=62,H=0,1мм;белый</t>
+  </si>
+  <si>
+    <t>02030714</t>
+  </si>
+  <si>
+    <t>F29</t>
+  </si>
+  <si>
+    <t>3661.00₸</t>
+  </si>
+  <si>
+    <t>Фильтры для кофе для воронки[100шт];бумага;,H=10,B=15,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>02030715</t>
+  </si>
+  <si>
+    <t>F16 brown</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для фильтров для кофе;бамбук</t>
+  </si>
+  <si>
+    <t>02121134</t>
+  </si>
+  <si>
+    <t>F301X</t>
+  </si>
+  <si>
+    <t>11207.00₸</t>
+  </si>
+  <si>
+    <t>Мешалка в ассортименте[30шт];пластик;,H=240,L=245/90,B=40мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010101</t>
+  </si>
+  <si>
+    <t>Ims</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>Кофейные мешалки</t>
+  </si>
+  <si>
+    <t>4231.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Мешалка[200шт];,L=15,5см</t>
+  </si>
+  <si>
+    <t>06010103</t>
+  </si>
+  <si>
+    <t>7574.00₸</t>
+  </si>
+  <si>
+    <t>Мешалка «Темпер»[50шт];пластик;,L=17см;черный</t>
+  </si>
+  <si>
+    <t>06010108</t>
+  </si>
+  <si>
+    <t>Papstar</t>
+  </si>
+  <si>
+    <t>4320.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Мешалка «Афродита»[50шт];пластик;,L=20см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010205</t>
+  </si>
+  <si>
+    <t>3391.00₸</t>
+  </si>
+  <si>
+    <t>Мешалка «Олень» L=16cм[100шт];пластик;,H=210,L=170,B=55мм;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010804</t>
+  </si>
+  <si>
+    <t>11302P</t>
+  </si>
+  <si>
+    <t>7299.00₸</t>
+  </si>
+  <si>
+    <t>Мешалка «Пальма»[50шт];пластик;,L=20см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010902</t>
+  </si>
+  <si>
+    <t>5968.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Мешалка д/кокт. «Пальма»[50шт];,L=30см</t>
+  </si>
+  <si>
+    <t>06010903</t>
+  </si>
+  <si>
+    <t>7363.00₸</t>
+  </si>
+  <si>
+    <t>Мешалка «Пальма-Кокос»[100шт];полистирол;,L=23,5см;разноцветн.</t>
+  </si>
+  <si>
+    <t>06010905</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>3050.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Фильтры бумажные круглые «Кемекс»[100шт];бумага;D=30см;белый</t>
-[...217 lines deleted...]
-  <si>
     <t>Мешалка «Наутилус»[50шт];пластик;,L=17см;разноцветн.</t>
   </si>
   <si>
     <t>06011204</t>
   </si>
   <si>
     <t>2942.00₸</t>
   </si>
   <si>
     <t>Мешалка «Теннисная ракетка»[50шт];пластик;,L=19см;разноцветн.</t>
   </si>
   <si>
     <t>06011501</t>
   </si>
   <si>
     <t>5645.00₸</t>
   </si>
   <si>
     <t>22 шт.</t>
   </si>
   <si>
     <t>Мешалка «Сердечко»[50шт];пластик;,L=20см;разноцветн.</t>
   </si>
   <si>
     <t>06011602</t>
@@ -458,72 +458,69 @@
   <si>
     <t>Мешалка для кофе и чая[1000шт];дерево;,L=14см;св. дерево</t>
   </si>
   <si>
     <t>06013006</t>
   </si>
   <si>
     <t>4967.00₸</t>
   </si>
   <si>
     <t>Держатель для стаканов[150шт];картон</t>
   </si>
   <si>
     <t>09050580</t>
   </si>
   <si>
     <t>000012</t>
   </si>
   <si>
     <t>Держатели для стаканов, манжеты</t>
   </si>
   <si>
     <t>5544.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Манжета для стаканов[100шт];картон;,H=6,L=24см;черный</t>
   </si>
   <si>
     <t>09050581</t>
   </si>
   <si>
     <t>1579.00₸</t>
   </si>
   <si>
     <t>Манжета для стаканов крафт двусторонний[100шт];картон;,H=6,L=24см;бежев.</t>
   </si>
   <si>
     <t>09050582</t>
   </si>
   <si>
     <t>1271.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>47 шт.</t>
   </si>
   <si>
     <t>Фильтры для кофе для воронки Калита[500шт];бумага;D=11,5/23,5см;белый</t>
   </si>
   <si>
     <t>02030850</t>
   </si>
   <si>
     <t>F250/500</t>
   </si>
   <si>
     <t>36064.00₸</t>
   </si>
   <si>
     <t>Фильтры для кофе для кемекса квадратные[100шт];белый</t>
   </si>
   <si>
     <t>02030851</t>
   </si>
   <si>
     <t>CH6F</t>
   </si>
   <si>
     <t>12411.00₸</t>
   </si>
@@ -2097,175 +2094,175 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
@@ -2988,51 +2985,51 @@
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D33" s="0"/>
       <c r="E33" s="0" t="s">
         <v>117</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>26</v>
+        <v>92</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>145</v>
@@ -3052,143 +3049,143 @@
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D35" s="0">
         <v>600001</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>145</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>26</v>
+        <v>92</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D36" s="0">
         <v>600004</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>145</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>153</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>154</v>
+        <v>99</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>