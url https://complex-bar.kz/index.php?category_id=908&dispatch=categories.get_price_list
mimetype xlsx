--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -73,75 +73,75 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Держатель для стаканов[150шт];картон</t>
   </si>
   <si>
     <t>09050580</t>
   </si>
   <si>
     <t>000012</t>
   </si>
   <si>
     <t>Doppio</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Держатели для стаканов, манжеты</t>
   </si>
   <si>
     <t>5544.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Манжета для стаканов[100шт];картон;,H=6,L=24см;черный</t>
   </si>
   <si>
     <t>09050581</t>
   </si>
   <si>
     <t>1579.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Манжета для стаканов крафт двусторонний[100шт];картон;,H=6,L=24см;бежев.</t>
   </si>
   <si>
     <t>09050582</t>
   </si>
   <si>
     <t>1271.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>22 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>